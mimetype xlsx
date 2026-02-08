--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -535,1414 +535,1414 @@
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="4">
         <v>1.0</v>
       </c>
       <c r="B5" s="5">
-        <v>43890</v>
+        <v>44255</v>
       </c>
       <c r="C5" s="6">
-        <v>-0.0622</v>
+        <v>-0.0353</v>
       </c>
       <c r="D5" s="6">
-        <v>-0.0841</v>
+        <v>0.0261</v>
       </c>
       <c r="E5" s="7">
-        <v>63.83</v>
+        <v>20.66</v>
       </c>
       <c r="F5" s="7">
-        <v>91.63</v>
+        <v>2.17</v>
       </c>
       <c r="G5" s="7">
-        <v>76.48</v>
+        <v>-6.7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="4">
         <v>2.0</v>
       </c>
       <c r="B6" s="5">
-        <v>43921</v>
+        <v>44286</v>
       </c>
       <c r="C6" s="6">
-        <v>0.035</v>
+        <v>0.0003</v>
       </c>
       <c r="D6" s="6">
-        <v>-0.1251</v>
+        <v>0.0424</v>
       </c>
       <c r="E6" s="7">
-        <v>3.02</v>
+        <v>0.97</v>
       </c>
       <c r="F6" s="7">
-        <v>186.96000000000001</v>
+        <v>9.66</v>
       </c>
       <c r="G6" s="7">
-        <v>-23.74</v>
+        <v>-3.05</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4">
         <v>3.0</v>
       </c>
       <c r="B7" s="5">
-        <v>43951</v>
+        <v>44316</v>
       </c>
       <c r="C7" s="6">
-        <v>0.2688</v>
+        <v>0.1207</v>
       </c>
       <c r="D7" s="6">
-        <v>0.1268</v>
+        <v>0.0524</v>
       </c>
       <c r="E7" s="7">
-        <v>630.89999999999998</v>
+        <v>122.18000000000001</v>
       </c>
       <c r="F7" s="7">
-        <v>132.78</v>
+        <v>16.86</v>
       </c>
       <c r="G7" s="7">
-        <v>289.44</v>
+        <v>45.39</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="4">
         <v>4.0</v>
       </c>
       <c r="B8" s="5">
-        <v>43982</v>
+        <v>44347</v>
       </c>
       <c r="C8" s="6">
-        <v>-0.0128</v>
+        <v>-0.0705</v>
       </c>
       <c r="D8" s="6">
-        <v>0.0453</v>
+        <v>0.0055</v>
       </c>
       <c r="E8" s="7">
-        <v>9.27</v>
+        <v>65.019999999999996</v>
       </c>
       <c r="F8" s="7">
-        <v>11.34</v>
+        <v>0.35</v>
       </c>
       <c r="G8" s="7">
-        <v>-10.25</v>
+        <v>4.74</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4">
         <v>5.0</v>
       </c>
       <c r="B9" s="5">
-        <v>44012</v>
+        <v>44377</v>
       </c>
       <c r="C9" s="6">
-        <v>0.1295</v>
+        <v>0.0674</v>
       </c>
       <c r="D9" s="6">
-        <v>0.0184</v>
+        <v>0.0222</v>
       </c>
       <c r="E9" s="7">
-        <v>125.16</v>
+        <v>32.77</v>
       </c>
       <c r="F9" s="7">
-        <v>0.46</v>
+        <v>1.18</v>
       </c>
       <c r="G9" s="7">
-        <v>7.58</v>
+        <v>6.21</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="4">
         <v>6.0</v>
       </c>
       <c r="B10" s="5">
-        <v>44043</v>
+        <v>44408</v>
       </c>
       <c r="C10" s="6">
-        <v>0.1471</v>
+        <v>-0.0327</v>
       </c>
       <c r="D10" s="6">
-        <v>0.0551</v>
+        <v>0.0227</v>
       </c>
       <c r="E10" s="7">
-        <v>167.5</v>
+        <v>18.39</v>
       </c>
       <c r="F10" s="7">
-        <v>18.91</v>
+        <v>1.3</v>
       </c>
       <c r="G10" s="7">
-        <v>56.28</v>
+        <v>-4.88</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4">
         <v>7.0</v>
       </c>
       <c r="B11" s="5">
-        <v>44074</v>
+        <v>44439</v>
       </c>
       <c r="C11" s="6">
-        <v>0.0905</v>
+        <v>0.043</v>
       </c>
       <c r="D11" s="6">
-        <v>0.0701</v>
+        <v>0.029</v>
       </c>
       <c r="E11" s="7">
-        <v>53.039999999999999</v>
+        <v>10.81</v>
       </c>
       <c r="F11" s="7">
-        <v>34.17</v>
+        <v>3.11</v>
       </c>
       <c r="G11" s="7">
-        <v>42.57</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="4">
         <v>8.0</v>
       </c>
       <c r="B12" s="5">
-        <v>44104</v>
+        <v>44469</v>
       </c>
       <c r="C12" s="6">
-        <v>-0.0876</v>
+        <v>-0.0535</v>
       </c>
       <c r="D12" s="6">
-        <v>-0.0392</v>
+        <v>-0.0476</v>
       </c>
       <c r="E12" s="7">
-        <v>110.75</v>
+        <v>40.55</v>
       </c>
       <c r="F12" s="7">
-        <v>25.85</v>
+        <v>34.73</v>
       </c>
       <c r="G12" s="7">
-        <v>53.5</v>
+        <v>37.53</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="4">
         <v>9.0</v>
       </c>
       <c r="B13" s="5">
-        <v>44135</v>
+        <v>44500</v>
       </c>
       <c r="C13" s="6">
-        <v>-0.0358</v>
+        <v>0.0266</v>
       </c>
       <c r="D13" s="6">
-        <v>-0.0277</v>
+        <v>0.0691</v>
       </c>
       <c r="E13" s="7">
-        <v>28.55</v>
+        <v>2.71</v>
       </c>
       <c r="F13" s="7">
-        <v>15.43</v>
+        <v>33.39</v>
       </c>
       <c r="G13" s="7">
-        <v>20.99</v>
+        <v>9.51</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="4">
         <v>10.0</v>
       </c>
       <c r="B14" s="5">
-        <v>44165</v>
+        <v>44530</v>
       </c>
       <c r="C14" s="6">
-        <v>0.0434</v>
+        <v>0.0399</v>
       </c>
       <c r="D14" s="6">
-        <v>0.1075</v>
+        <v>-0.0083</v>
       </c>
       <c r="E14" s="7">
-        <v>6.63</v>
+        <v>8.86</v>
       </c>
       <c r="F14" s="7">
-        <v>92.030000000000001</v>
+        <v>3.88</v>
       </c>
       <c r="G14" s="7">
-        <v>24.69</v>
+        <v>-5.86</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="4">
         <v>11.0</v>
       </c>
       <c r="B15" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="C15" s="6">
-        <v>0.0281</v>
+        <v>-0.0492</v>
       </c>
       <c r="D15" s="6">
-        <v>0.0371</v>
+        <v>0.0436</v>
       </c>
       <c r="E15" s="7">
-        <v>1.09</v>
+        <v>35.24</v>
       </c>
       <c r="F15" s="7">
-        <v>6.51</v>
+        <v>10.4</v>
       </c>
       <c r="G15" s="7">
-        <v>2.66</v>
+        <v>-19.15</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="4">
         <v>12.0</v>
       </c>
       <c r="B16" s="5">
-        <v>44227</v>
+        <v>44592</v>
       </c>
       <c r="C16" s="6">
-        <v>-0.0156</v>
+        <v>-0.1029</v>
       </c>
       <c r="D16" s="6">
-        <v>-0.0111</v>
+        <v>-0.0526</v>
       </c>
       <c r="E16" s="7">
-        <v>11.07</v>
+        <v>127.73</v>
       </c>
       <c r="F16" s="7">
-        <v>5.18</v>
+        <v>40.89</v>
       </c>
       <c r="G16" s="7">
-        <v>7.57</v>
+        <v>72.27</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="4">
         <v>13.0</v>
       </c>
       <c r="B17" s="5">
-        <v>44255</v>
+        <v>44620</v>
       </c>
       <c r="C17" s="6">
-        <v>-0.0353</v>
+        <v>0.0267</v>
       </c>
       <c r="D17" s="6">
-        <v>0.0261</v>
+        <v>-0.0314</v>
       </c>
       <c r="E17" s="7">
-        <v>28.07</v>
+        <v>2.73</v>
       </c>
       <c r="F17" s="7">
-        <v>2.1</v>
+        <v>18.25</v>
       </c>
       <c r="G17" s="7">
-        <v>-7.67</v>
+        <v>-7.06</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="4">
         <v>14.0</v>
       </c>
       <c r="B18" s="5">
-        <v>44286</v>
+        <v>44651</v>
       </c>
       <c r="C18" s="6">
-        <v>0.0003</v>
+        <v>0.0615</v>
       </c>
       <c r="D18" s="6">
-        <v>0.0424</v>
+        <v>0.0358</v>
       </c>
       <c r="E18" s="7">
-        <v>3.0099999999999998</v>
+        <v>26.34</v>
       </c>
       <c r="F18" s="7">
-        <v>9.5</v>
+        <v>5.96</v>
       </c>
       <c r="G18" s="7">
-        <v>-5.35</v>
+        <v>12.53</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="4">
         <v>15.0</v>
       </c>
       <c r="B19" s="5">
-        <v>44316</v>
+        <v>44681</v>
       </c>
       <c r="C19" s="6">
-        <v>0.1207</v>
+        <v>-0.2375</v>
       </c>
       <c r="D19" s="6">
-        <v>0.0524</v>
+        <v>-0.088</v>
       </c>
       <c r="E19" s="7">
-        <v>106.12</v>
+        <v>613.52999999999997</v>
       </c>
       <c r="F19" s="7">
-        <v>16.66</v>
+        <v>98.64</v>
       </c>
       <c r="G19" s="7">
-        <v>42.039999999999999</v>
+        <v>246.0099999999999909</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="4">
         <v>16.0</v>
       </c>
       <c r="B20" s="5">
-        <v>44347</v>
+        <v>44712</v>
       </c>
       <c r="C20" s="6">
-        <v>-0.0705</v>
+        <v>-0.0327</v>
       </c>
       <c r="D20" s="6">
-        <v>0.0055</v>
+        <v>0.0001</v>
       </c>
       <c r="E20" s="7">
-        <v>77.70999999999999</v>
+        <v>18.4</v>
       </c>
       <c r="F20" s="7">
-        <v>0.38</v>
+        <v>1.28</v>
       </c>
       <c r="G20" s="7">
-        <v>5.4</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="4">
         <v>17.0</v>
       </c>
       <c r="B21" s="5">
-        <v>44377</v>
+        <v>44742</v>
       </c>
       <c r="C21" s="6">
-        <v>0.0674</v>
+        <v>-0.1165</v>
       </c>
       <c r="D21" s="6">
-        <v>0.0222</v>
+        <v>-0.0839</v>
       </c>
       <c r="E21" s="7">
-        <v>24.72</v>
+        <v>160.31</v>
       </c>
       <c r="F21" s="7">
-        <v>1.12</v>
+        <v>90.79000000000001</v>
       </c>
       <c r="G21" s="7">
-        <v>5.27</v>
+        <v>120.64</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="4">
         <v>18.0</v>
       </c>
       <c r="B22" s="5">
-        <v>44408</v>
+        <v>44773</v>
       </c>
       <c r="C22" s="6">
-        <v>-0.0327</v>
+        <v>0.2706</v>
       </c>
       <c r="D22" s="6">
-        <v>0.0227</v>
+        <v>0.0911</v>
       </c>
       <c r="E22" s="7">
-        <v>25.4</v>
+        <v>678.32000000000005</v>
       </c>
       <c r="F22" s="7">
-        <v>1.24</v>
+        <v>63.61</v>
       </c>
       <c r="G22" s="7">
-        <v>-5.61</v>
+        <v>207.72</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="4">
         <v>19.0</v>
       </c>
       <c r="B23" s="5">
-        <v>44439</v>
+        <v>44804</v>
       </c>
       <c r="C23" s="6">
-        <v>0.043</v>
+        <v>-0.0606</v>
       </c>
       <c r="D23" s="6">
-        <v>0.029</v>
+        <v>-0.0424</v>
       </c>
       <c r="E23" s="7">
-        <v>6.43</v>
+        <v>50.079999999999998</v>
       </c>
       <c r="F23" s="7">
-        <v>3.02</v>
+        <v>28.95</v>
       </c>
       <c r="G23" s="7">
-        <v>4.41</v>
+        <v>38.07</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="4">
         <v>20.0</v>
       </c>
       <c r="B24" s="5">
-        <v>44469</v>
+        <v>44834</v>
       </c>
       <c r="C24" s="6">
-        <v>-0.0535</v>
+        <v>-0.1086</v>
       </c>
       <c r="D24" s="6">
-        <v>-0.0476</v>
+        <v>-0.0934</v>
       </c>
       <c r="E24" s="7">
-        <v>50.7</v>
+        <v>141.069999999999993</v>
       </c>
       <c r="F24" s="7">
-        <v>35.020000000000003</v>
+        <v>109.73999999999999</v>
       </c>
       <c r="G24" s="7">
-        <v>42.14</v>
+        <v>124.42</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="4">
         <v>21.0</v>
       </c>
       <c r="B25" s="5">
-        <v>44500</v>
+        <v>44865</v>
       </c>
       <c r="C25" s="6">
-        <v>0.0266</v>
+        <v>-0.0935</v>
       </c>
       <c r="D25" s="6">
-        <v>0.0691</v>
+        <v>0.0799</v>
       </c>
       <c r="E25" s="7">
-        <v>0.8</v>
+        <v>107.33</v>
       </c>
       <c r="F25" s="7">
-        <v>33.1</v>
+        <v>46.93</v>
       </c>
       <c r="G25" s="7">
-        <v>5.14</v>
+        <v>-70.97</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="4">
         <v>22.0</v>
       </c>
       <c r="B26" s="5">
-        <v>44530</v>
+        <v>44895</v>
       </c>
       <c r="C26" s="6">
-        <v>0.0399</v>
+        <v>-0.0576</v>
       </c>
       <c r="D26" s="6">
-        <v>-0.0083</v>
+        <v>0.0538</v>
       </c>
       <c r="E26" s="7">
-        <v>4.95</v>
+        <v>45.89</v>
       </c>
       <c r="F26" s="7">
-        <v>3.98</v>
+        <v>17.97</v>
       </c>
       <c r="G26" s="7">
-        <v>-4.44</v>
+        <v>-28.72</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="4">
         <v>23.0</v>
       </c>
       <c r="B27" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="C27" s="6">
-        <v>-0.0492</v>
+        <v>-0.1299</v>
       </c>
       <c r="D27" s="6">
-        <v>0.0436</v>
+        <v>-0.059</v>
       </c>
       <c r="E27" s="7">
-        <v>44.74</v>
+        <v>196.12</v>
       </c>
       <c r="F27" s="7">
-        <v>10.24</v>
+        <v>49.47</v>
       </c>
       <c r="G27" s="7">
-        <v>-21.4</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="4">
         <v>24.0</v>
       </c>
       <c r="B28" s="5">
-        <v>44592</v>
+        <v>44957</v>
       </c>
       <c r="C28" s="6">
-        <v>-0.1029</v>
+        <v>0.2277</v>
       </c>
       <c r="D28" s="6">
-        <v>-0.0526</v>
+        <v>0.0618</v>
       </c>
       <c r="E28" s="7">
-        <v>145.28999999999999</v>
+        <v>473.44999999999999</v>
       </c>
       <c r="F28" s="7">
-        <v>41.21</v>
+        <v>25.39</v>
       </c>
       <c r="G28" s="7">
-        <v>77.38</v>
+        <v>109.65000000000001</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="4">
         <v>25.0</v>
       </c>
       <c r="B29" s="5">
-        <v>44620</v>
+        <v>44985</v>
       </c>
       <c r="C29" s="6">
-        <v>0.0267</v>
+        <v>-0.0863</v>
       </c>
       <c r="D29" s="6">
-        <v>-0.0314</v>
+        <v>-0.0261</v>
       </c>
       <c r="E29" s="7">
-        <v>0.81</v>
+        <v>93.019999999999996</v>
       </c>
       <c r="F29" s="7">
-        <v>18.47</v>
+        <v>14.039999999999999</v>
       </c>
       <c r="G29" s="7">
-        <v>-3.87</v>
+        <v>36.14</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="4">
         <v>26.0</v>
       </c>
       <c r="B30" s="5">
-        <v>44651</v>
+        <v>45016</v>
       </c>
       <c r="C30" s="6">
-        <v>0.0615</v>
+        <v>0.0961</v>
       </c>
       <c r="D30" s="6">
-        <v>0.0358</v>
+        <v>0.0351</v>
       </c>
       <c r="E30" s="7">
-        <v>19.19</v>
+        <v>73.95999999999999</v>
       </c>
       <c r="F30" s="7">
-        <v>5.84</v>
+        <v>5.61</v>
       </c>
       <c r="G30" s="7">
-        <v>10.58</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="4">
         <v>27.0</v>
       </c>
       <c r="B31" s="5">
-        <v>44681</v>
+        <v>45046</v>
       </c>
       <c r="C31" s="6">
-        <v>-0.2375</v>
+        <v>0.0209</v>
       </c>
       <c r="D31" s="6">
-        <v>-0.088</v>
+        <v>0.0146</v>
       </c>
       <c r="E31" s="7">
-        <v>651.35000000000002</v>
+        <v>1.16</v>
       </c>
       <c r="F31" s="7">
-        <v>99.14</v>
+        <v>0.11</v>
       </c>
       <c r="G31" s="7">
-        <v>254.12</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="4">
         <v>28.0</v>
       </c>
       <c r="B32" s="5">
-        <v>44712</v>
+        <v>45077</v>
       </c>
       <c r="C32" s="6">
-        <v>-0.0327</v>
+        <v>0.1435</v>
       </c>
       <c r="D32" s="6">
-        <v>0.0001</v>
+        <v>0.0025</v>
       </c>
       <c r="E32" s="7">
-        <v>25.42</v>
+        <v>177.77000000000001</v>
       </c>
       <c r="F32" s="7">
-        <v>1.34</v>
+        <v>0.79</v>
       </c>
       <c r="G32" s="7">
-        <v>5.83</v>
+        <v>-11.84</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="4">
         <v>29.0</v>
       </c>
       <c r="B33" s="5">
-        <v>44742</v>
+        <v>45107</v>
       </c>
       <c r="C33" s="6">
-        <v>-0.1165</v>
+        <v>0.0811</v>
       </c>
       <c r="D33" s="6">
-        <v>-0.0839</v>
+        <v>0.0471</v>
       </c>
       <c r="E33" s="7">
-        <v>179.91999999999999</v>
+        <v>50.35</v>
       </c>
       <c r="F33" s="7">
-        <v>91.26000000000001</v>
+        <v>12.8</v>
       </c>
       <c r="G33" s="7">
-        <v>128.13999999999999</v>
+        <v>25.39</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="4">
         <v>30.0</v>
       </c>
       <c r="B34" s="5">
-        <v>44773</v>
+        <v>45138</v>
       </c>
       <c r="C34" s="6">
-        <v>0.2706</v>
+        <v>0.0255</v>
       </c>
       <c r="D34" s="6">
-        <v>0.0911</v>
+        <v>0.0485</v>
       </c>
       <c r="E34" s="7">
-        <v>639.72000000000003</v>
+        <v>2.35</v>
       </c>
       <c r="F34" s="7">
-        <v>63.21</v>
+        <v>13.76</v>
       </c>
       <c r="G34" s="7">
-        <v>201.090000000000003</v>
+        <v>5.68</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="4">
         <v>31.0</v>
       </c>
       <c r="B35" s="5">
-        <v>44804</v>
+        <v>45169</v>
       </c>
       <c r="C35" s="6">
-        <v>-0.0606</v>
+        <v>0.0324</v>
       </c>
       <c r="D35" s="6">
-        <v>-0.0424</v>
+        <v>-0.0177</v>
       </c>
       <c r="E35" s="7">
-        <v>61.29</v>
+        <v>4.95</v>
       </c>
       <c r="F35" s="7">
-        <v>29.22</v>
+        <v>8.46</v>
       </c>
       <c r="G35" s="7">
-        <v>42.32</v>
+        <v>-6.47</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="4">
         <v>32.0</v>
       </c>
       <c r="B36" s="5">
-        <v>44834</v>
+        <v>45199</v>
       </c>
       <c r="C36" s="6">
-        <v>-0.1086</v>
+        <v>-0.0789</v>
       </c>
       <c r="D36" s="6">
-        <v>-0.0934</v>
+        <v>-0.0487</v>
       </c>
       <c r="E36" s="7">
-        <v>159.5</v>
+        <v>79.31</v>
       </c>
       <c r="F36" s="7">
-        <v>110.27</v>
+        <v>36.1</v>
       </c>
       <c r="G36" s="7">
-        <v>132.62</v>
+        <v>53.51</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="4">
         <v>33.0</v>
       </c>
       <c r="B37" s="5">
-        <v>44865</v>
+        <v>45230</v>
       </c>
       <c r="C37" s="6">
-        <v>-0.0935</v>
+        <v>0.047</v>
       </c>
       <c r="D37" s="6">
-        <v>0.0799</v>
+        <v>-0.022</v>
       </c>
       <c r="E37" s="7">
-        <v>123.48</v>
+        <v>13.55</v>
       </c>
       <c r="F37" s="7">
-        <v>46.58</v>
+        <v>11.12</v>
       </c>
       <c r="G37" s="7">
-        <v>-75.84</v>
+        <v>-12.27</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="4">
         <v>34.0</v>
       </c>
       <c r="B38" s="5">
-        <v>44895</v>
+        <v>45260</v>
       </c>
       <c r="C38" s="6">
-        <v>-0.0576</v>
+        <v>0.0977</v>
       </c>
       <c r="D38" s="6">
-        <v>0.0538</v>
+        <v>0.0892</v>
       </c>
       <c r="E38" s="7">
-        <v>56.65</v>
+        <v>76.61</v>
       </c>
       <c r="F38" s="7">
-        <v>17.76</v>
+        <v>60.56</v>
       </c>
       <c r="G38" s="7">
-        <v>-31.72</v>
+        <v>68.11</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="4">
         <v>35.0</v>
       </c>
       <c r="B39" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="C39" s="6">
-        <v>-0.1299</v>
+        <v>0.04</v>
       </c>
       <c r="D39" s="6">
-        <v>-0.059</v>
+        <v>0.0442</v>
       </c>
       <c r="E39" s="7">
-        <v>217.75</v>
+        <v>8.94</v>
       </c>
       <c r="F39" s="7">
-        <v>49.82</v>
+        <v>10.8</v>
       </c>
       <c r="G39" s="7">
-        <v>104.16</v>
+        <v>9.83</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="4">
         <v>36.0</v>
       </c>
       <c r="B40" s="5">
-        <v>44957</v>
+        <v>45322</v>
       </c>
       <c r="C40" s="6">
-        <v>0.2277</v>
+        <v>0.0215</v>
       </c>
       <c r="D40" s="6">
-        <v>0.0618</v>
+        <v>0.0159</v>
       </c>
       <c r="E40" s="7">
-        <v>441.29000000000002</v>
+        <v>1.28</v>
       </c>
       <c r="F40" s="7">
-        <v>25.14</v>
+        <v>0.21</v>
       </c>
       <c r="G40" s="7">
-        <v>105.33</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="4">
         <v>37.0</v>
       </c>
       <c r="B41" s="5">
-        <v>44985</v>
+        <v>45351</v>
       </c>
       <c r="C41" s="6">
-        <v>-0.0863</v>
+        <v>0.1389</v>
       </c>
       <c r="D41" s="6">
-        <v>-0.0261</v>
+        <v>0.0517</v>
       </c>
       <c r="E41" s="7">
-        <v>108.099999999999994</v>
+        <v>165.81</v>
       </c>
       <c r="F41" s="7">
-        <v>14.23</v>
+        <v>16.29</v>
       </c>
       <c r="G41" s="7">
-        <v>39.22</v>
+        <v>51.97</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="4">
         <v>38.0</v>
       </c>
       <c r="B42" s="5">
-        <v>45016</v>
+        <v>45382</v>
       </c>
       <c r="C42" s="6">
-        <v>0.0961</v>
+        <v>0.0205</v>
       </c>
       <c r="D42" s="6">
-        <v>0.0351</v>
+        <v>0.031</v>
       </c>
       <c r="E42" s="7">
-        <v>61.59</v>
+        <v>1.07</v>
       </c>
       <c r="F42" s="7">
-        <v>5.49</v>
+        <v>3.86</v>
       </c>
       <c r="G42" s="7">
-        <v>18.39</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="4">
         <v>39.0</v>
       </c>
       <c r="B43" s="5">
-        <v>45046</v>
+        <v>45412</v>
       </c>
       <c r="C43" s="6">
-        <v>0.0209</v>
+        <v>-0.0298</v>
       </c>
       <c r="D43" s="6">
-        <v>0.0146</v>
+        <v>-0.0416</v>
       </c>
       <c r="E43" s="7">
-        <v>0.11</v>
+        <v>15.98</v>
       </c>
       <c r="F43" s="7">
-        <v>0.09</v>
+        <v>28.059999999999999</v>
       </c>
       <c r="G43" s="7">
-        <v>0.1</v>
+        <v>21.18</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="4">
         <v>40.0</v>
       </c>
       <c r="B44" s="5">
-        <v>45077</v>
+        <v>45443</v>
       </c>
       <c r="C44" s="6">
-        <v>0.1435</v>
+        <v>0.0082</v>
       </c>
       <c r="D44" s="6">
-        <v>0.0025</v>
+        <v>0.048</v>
       </c>
       <c r="E44" s="7">
-        <v>158.28</v>
+        <v>0.04</v>
       </c>
       <c r="F44" s="7">
-        <v>0.83</v>
+        <v>13.44</v>
       </c>
       <c r="G44" s="7">
-        <v>-11.49</v>
+        <v>-0.7</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="4">
         <v>41.0</v>
       </c>
       <c r="B45" s="5">
-        <v>45107</v>
+        <v>45473</v>
       </c>
       <c r="C45" s="6">
-        <v>0.0811</v>
+        <v>0.0953</v>
       </c>
       <c r="D45" s="6">
-        <v>0.0471</v>
+        <v>0.0347</v>
       </c>
       <c r="E45" s="7">
-        <v>40.24</v>
+        <v>72.45999999999999</v>
       </c>
       <c r="F45" s="7">
-        <v>12.62</v>
+        <v>5.43</v>
       </c>
       <c r="G45" s="7">
-        <v>22.54</v>
+        <v>19.84</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="4">
         <v>42.0</v>
       </c>
       <c r="B46" s="5">
-        <v>45138</v>
+        <v>45504</v>
       </c>
       <c r="C46" s="6">
-        <v>0.0255</v>
+        <v>-0.0324</v>
       </c>
       <c r="D46" s="6">
-        <v>0.0485</v>
+        <v>0.0113</v>
       </c>
       <c r="E46" s="7">
-        <v>0.61</v>
+        <v>18.14</v>
       </c>
       <c r="F46" s="7">
-        <v>13.58</v>
+        <v>0.0</v>
       </c>
       <c r="G46" s="7">
-        <v>2.87</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="4">
         <v>43.0</v>
       </c>
       <c r="B47" s="5">
-        <v>45169</v>
+        <v>45535</v>
       </c>
       <c r="C47" s="6">
-        <v>0.0324</v>
+        <v>-0.0454</v>
       </c>
       <c r="D47" s="6">
-        <v>-0.0177</v>
+        <v>0.0228</v>
       </c>
       <c r="E47" s="7">
-        <v>2.17</v>
+        <v>30.8</v>
       </c>
       <c r="F47" s="7">
-        <v>8.6</v>
+        <v>1.32</v>
       </c>
       <c r="G47" s="7">
-        <v>-4.32</v>
+        <v>-6.37</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="4">
         <v>44.0</v>
       </c>
       <c r="B48" s="5">
-        <v>45199</v>
+        <v>45565</v>
       </c>
       <c r="C48" s="6">
-        <v>-0.0789</v>
+        <v>0.0439</v>
       </c>
       <c r="D48" s="6">
-        <v>-0.0487</v>
+        <v>0.0202</v>
       </c>
       <c r="E48" s="7">
-        <v>93.27</v>
+        <v>11.37</v>
       </c>
       <c r="F48" s="7">
-        <v>36.4</v>
+        <v>0.78</v>
       </c>
       <c r="G48" s="7">
-        <v>58.27</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="4">
         <v>45.0</v>
       </c>
       <c r="B49" s="5">
-        <v>45230</v>
+        <v>45596</v>
       </c>
       <c r="C49" s="6">
-        <v>0.047</v>
+        <v>0.0004</v>
       </c>
       <c r="D49" s="6">
-        <v>-0.022</v>
+        <v>-0.0099</v>
       </c>
       <c r="E49" s="7">
-        <v>8.58</v>
+        <v>0.96</v>
       </c>
       <c r="F49" s="7">
-        <v>11.28</v>
+        <v>4.52</v>
       </c>
       <c r="G49" s="7">
-        <v>-9.84</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="4">
         <v>46.0</v>
       </c>
       <c r="B50" s="5">
-        <v>45260</v>
+        <v>45626</v>
       </c>
       <c r="C50" s="6">
-        <v>0.0977</v>
+        <v>0.1153</v>
       </c>
       <c r="D50" s="6">
-        <v>0.0892</v>
+        <v>0.0573</v>
       </c>
       <c r="E50" s="7">
-        <v>64.010000000000005</v>
+        <v>110.54000000000001</v>
       </c>
       <c r="F50" s="7">
-        <v>60.17</v>
+        <v>21.1</v>
       </c>
       <c r="G50" s="7">
-        <v>62.060000000000002</v>
+        <v>48.3</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="4">
         <v>47.0</v>
       </c>
       <c r="B51" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="C51" s="6">
-        <v>0.04</v>
+        <v>0.0553</v>
       </c>
       <c r="D51" s="6">
-        <v>0.0442</v>
+        <v>-0.025</v>
       </c>
       <c r="E51" s="7">
-        <v>5.0099999999999998</v>
+        <v>20.4</v>
       </c>
       <c r="F51" s="7">
-        <v>10.64</v>
+        <v>13.21</v>
       </c>
       <c r="G51" s="7">
-        <v>7.3</v>
+        <v>-16.42</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="4">
         <v>48.0</v>
       </c>
       <c r="B52" s="5">
-        <v>45322</v>
+        <v>45688</v>
       </c>
       <c r="C52" s="6">
-        <v>0.0215</v>
+        <v>0.0834</v>
       </c>
       <c r="D52" s="6">
-        <v>0.0159</v>
+        <v>0.027</v>
       </c>
       <c r="E52" s="7">
-        <v>0.14</v>
+        <v>53.61</v>
       </c>
       <c r="F52" s="7">
-        <v>0.18</v>
+        <v>2.45</v>
       </c>
       <c r="G52" s="7">
-        <v>0.16</v>
+        <v>11.46</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="4">
         <v>49.0</v>
       </c>
       <c r="B53" s="5">
-        <v>45351</v>
+        <v>45716</v>
       </c>
       <c r="C53" s="6">
-        <v>0.1389</v>
+        <v>-0.1069</v>
       </c>
       <c r="D53" s="6">
-        <v>0.0517</v>
+        <v>-0.0142</v>
       </c>
       <c r="E53" s="7">
-        <v>147.0099999999999909</v>
+        <v>136.93000000000001</v>
       </c>
       <c r="F53" s="7">
-        <v>16.09</v>
+        <v>6.56</v>
       </c>
       <c r="G53" s="7">
-        <v>48.63</v>
+        <v>29.96</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="4">
         <v>50.0</v>
       </c>
       <c r="B54" s="5">
-        <v>45382</v>
+        <v>45747</v>
       </c>
       <c r="C54" s="6">
-        <v>0.0205</v>
+        <v>-0.1037</v>
       </c>
       <c r="D54" s="6">
-        <v>0.031</v>
+        <v>-0.0575</v>
       </c>
       <c r="E54" s="7">
-        <v>0.08</v>
+        <v>129.69</v>
       </c>
       <c r="F54" s="7">
-        <v>3.77</v>
+        <v>47.48</v>
       </c>
       <c r="G54" s="7">
-        <v>0.55</v>
+        <v>78.47</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="4">
         <v>51.0</v>
       </c>
       <c r="B55" s="5">
-        <v>45412</v>
+        <v>45777</v>
       </c>
       <c r="C55" s="6">
-        <v>-0.0298</v>
+        <v>-0.0307</v>
       </c>
       <c r="D55" s="6">
-        <v>-0.0416</v>
+        <v>-0.0076</v>
       </c>
       <c r="E55" s="7">
-        <v>22.56</v>
+        <v>16.68</v>
       </c>
       <c r="F55" s="7">
-        <v>28.33</v>
+        <v>3.6</v>
       </c>
       <c r="G55" s="7">
-        <v>25.28</v>
+        <v>7.75</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="4">
         <v>52.0</v>
       </c>
       <c r="B56" s="5">
-        <v>45443</v>
+        <v>45808</v>
       </c>
       <c r="C56" s="6">
-        <v>0.0082</v>
+        <v>0.1116</v>
       </c>
       <c r="D56" s="6">
-        <v>0.048</v>
+        <v>0.0615</v>
       </c>
       <c r="E56" s="7">
-        <v>0.89</v>
+        <v>103.019999999999996</v>
       </c>
       <c r="F56" s="7">
-        <v>13.26</v>
+        <v>25.16</v>
       </c>
       <c r="G56" s="7">
-        <v>-3.44</v>
+        <v>50.91</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="4">
         <v>53.0</v>
       </c>
       <c r="B57" s="5">
-        <v>45473</v>
+        <v>45838</v>
       </c>
       <c r="C57" s="6">
-        <v>0.0953</v>
+        <v>0.0701</v>
       </c>
       <c r="D57" s="6">
-        <v>0.0347</v>
+        <v>0.0496</v>
       </c>
       <c r="E57" s="7">
-        <v>60.22</v>
+        <v>35.99</v>
       </c>
       <c r="F57" s="7">
-        <v>5.32</v>
+        <v>14.63</v>
       </c>
       <c r="G57" s="7">
-        <v>17.89</v>
+        <v>22.94</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="4">
         <v>54.0</v>
       </c>
       <c r="B58" s="5">
-        <v>45504</v>
+        <v>45869</v>
       </c>
       <c r="C58" s="6">
-        <v>-0.0324</v>
+        <v>0.0671</v>
       </c>
       <c r="D58" s="6">
-        <v>0.0113</v>
+        <v>0.0217</v>
       </c>
       <c r="E58" s="7">
-        <v>25.12</v>
+        <v>32.43</v>
       </c>
       <c r="F58" s="7">
-        <v>0.0</v>
+        <v>1.06</v>
       </c>
       <c r="G58" s="7">
-        <v>0.15</v>
+        <v>5.87</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="4">
         <v>55.0</v>
       </c>
       <c r="B59" s="5">
-        <v>45535</v>
+        <v>45900</v>
       </c>
       <c r="C59" s="6">
-        <v>-0.0454</v>
+        <v>-0.0218</v>
       </c>
       <c r="D59" s="6">
-        <v>0.0228</v>
+        <v>0.0191</v>
       </c>
       <c r="E59" s="7">
-        <v>39.72</v>
+        <v>10.23</v>
       </c>
       <c r="F59" s="7">
-        <v>1.26</v>
+        <v>0.59</v>
       </c>
       <c r="G59" s="7">
-        <v>-7.07</v>
+        <v>-2.46</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="4">
         <v>56.0</v>
       </c>
       <c r="B60" s="5">
-        <v>45565</v>
+        <v>45930</v>
       </c>
       <c r="C60" s="6">
-        <v>0.0439</v>
+        <v>-0.0412</v>
       </c>
       <c r="D60" s="6">
-        <v>0.0202</v>
+        <v>0.0353</v>
       </c>
       <c r="E60" s="7">
-        <v>6.86</v>
+        <v>26.35</v>
       </c>
       <c r="F60" s="7">
-        <v>0.74</v>
+        <v>5.74</v>
       </c>
       <c r="G60" s="7">
-        <v>2.25</v>
+        <v>-12.3</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="4">
         <v>57.0</v>
       </c>
       <c r="B61" s="5">
-        <v>45596</v>
+        <v>45961</v>
       </c>
       <c r="C61" s="6">
-        <v>0.0004</v>
+        <v>0.1123</v>
       </c>
       <c r="D61" s="6">
-        <v>-0.0099</v>
+        <v>0.0227</v>
       </c>
       <c r="E61" s="7">
-        <v>2.99</v>
+        <v>104.28</v>
       </c>
       <c r="F61" s="7">
-        <v>4.63</v>
+        <v>1.28</v>
       </c>
       <c r="G61" s="7">
-        <v>3.72</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="4">
         <v>58.0</v>
       </c>
       <c r="B62" s="5">
-        <v>45626</v>
+        <v>45991</v>
       </c>
       <c r="C62" s="6">
-        <v>0.1153</v>
+        <v>-0.045</v>
       </c>
       <c r="D62" s="6">
-        <v>0.0573</v>
+        <v>0.0013</v>
       </c>
       <c r="E62" s="7">
-        <v>95.3</v>
+        <v>30.46</v>
       </c>
       <c r="F62" s="7">
-        <v>20.87</v>
+        <v>1.01</v>
       </c>
       <c r="G62" s="7">
-        <v>44.6</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="4">
         <v>59.0</v>
       </c>
       <c r="B63" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="C63" s="6">
-        <v>0.0553</v>
+        <v>-0.0103</v>
       </c>
       <c r="D63" s="6">
-        <v>-0.025</v>
+        <v>-0.0005</v>
       </c>
       <c r="E63" s="7">
-        <v>14.17</v>
+        <v>4.18</v>
       </c>
       <c r="F63" s="7">
-        <v>13.4</v>
+        <v>1.41</v>
       </c>
       <c r="G63" s="7">
-        <v>-13.78</v>
+        <v>2.43</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="8" t="s">
         <v>9</v>
       </c>
       <c r="E64" s="9">
-        <v>5262.11999999999989</v>
+        <v>4714.10999999999967</v>
       </c>
       <c r="F64" s="9">
-        <v>1618.61999999999989</v>
+        <v>1108.23000000000002</v>
       </c>
       <c r="G64" s="9">
-        <v>1861.86999999999989</v>
+        <v>1523.80999999999995</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B65" s="10"/>
       <c r="C65" s="10"/>
       <c r="D65" s="10"/>
       <c r="E65" s="10"/>
       <c r="F65" s="10"/>
       <c r="G65" s="10"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A64:D64"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">