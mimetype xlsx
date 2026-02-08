--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -561,51 +561,51 @@
       <c r="D5" s="6">
         <v>0.2467</v>
       </c>
       <c r="E5" s="6">
         <v>0.362</v>
       </c>
       <c r="F5" s="6">
         <v>-0.0051</v>
       </c>
       <c r="G5" s="6">
         <v>0.3341</v>
       </c>
       <c r="H5" s="6">
         <v>0.2906</v>
       </c>
       <c r="I5" s="6">
         <v>0.2284</v>
       </c>
       <c r="J5" s="6">
         <v>0.5585</v>
       </c>
       <c r="K5" s="6">
         <v>0.1251</v>
       </c>
       <c r="L5" s="6">
-        <v>0.0</v>
+        <v>0.2828</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6" s="5">
         <v>45598</v>
       </c>
       <c r="B6" s="6">
         <v>0.1735</v>
       </c>
       <c r="C6" s="6">
         <v>0.0636</v>
       </c>
       <c r="D6" s="6">
         <v>0.2641</v>
       </c>
       <c r="E6" s="6">
         <v>0.1143</v>
       </c>
       <c r="F6" s="6">
         <v>-0.3532</v>
       </c>
       <c r="G6" s="6">
         <v>0.2815</v>
       </c>
       <c r="H6" s="6">