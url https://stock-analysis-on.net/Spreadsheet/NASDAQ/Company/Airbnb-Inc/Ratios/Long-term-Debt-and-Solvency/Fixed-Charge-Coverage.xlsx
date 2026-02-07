--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -859,51 +859,51 @@
       </c>
       <c r="E20" s="14">
         <v>3.82</v>
       </c>
       <c r="F20" s="14">
         <v>2.03</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="14">
         <v>5.13</v>
       </c>
       <c r="C21" s="14">
         <v>4.71</v>
       </c>
       <c r="D21" s="14">
         <v>3.98</v>
       </c>
       <c r="E21" s="14">
         <v>3.23</v>
       </c>
       <c r="F21" s="14">
-        <v>1.88</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="14">
         <v>2.51</v>
       </c>
       <c r="C22" s="14">
         <v>-3.94</v>
       </c>
       <c r="D22" s="14">
         <v>-15.86</v>
       </c>
       <c r="E22" s="14">
         <v>-6.02</v>
       </c>
       <c r="F22" s="14">
         <v>-5.36</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="13" t="s">
         <v>19</v>