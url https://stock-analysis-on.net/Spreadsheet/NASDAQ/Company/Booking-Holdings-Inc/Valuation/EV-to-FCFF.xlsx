--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1059,101 +1059,101 @@
       </c>
     </row>
     <row r="9" spans="1:2" customHeight="1" ht="34.8">
       <c r="A9" s="11" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:2" customHeight="1" ht="28.8">
       <c r="A10" s="15" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="16" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="17">
         <v>14.85</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="16" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="17">
-        <v>33.079999999999998</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="17">
         <v>40.57</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="17">
         <v>34.44</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="17">
         <v>43.75</v>
       </c>
     </row>
     <row r="16" spans="1:2" customHeight="1" ht="28.8">
       <c r="A16" s="15" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B17" s="17">
-        <v>26.030000000000001</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="18" spans="1:2" customHeight="1" ht="28.8">
       <c r="A18" s="15" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B19" s="17">
-        <v>42.65</v>
+        <v>42.72</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F21"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F21" sqref="F21"/>
     </sheetView>
@@ -1286,51 +1286,51 @@
       </c>
       <c r="E12" s="17">
         <v>42.36</v>
       </c>
       <c r="F12" s="17">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="16" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="17">
         <v>49.96</v>
       </c>
       <c r="C13" s="17">
         <v>57.71</v>
       </c>
       <c r="D13" s="17">
         <v>51.53</v>
       </c>
       <c r="E13" s="17">
         <v>50.61</v>
       </c>
       <c r="F13" s="17">
-        <v>146.36000000000001</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="17">
         <v>46.68</v>
       </c>
       <c r="C14" s="17">
         <v>31.48</v>
       </c>
       <c r="D14" s="17">
         <v>844.080000000000041</v>
       </c>
       <c r="E14" s="17">
         <v>65.41</v>
       </c>
       <c r="F14" s="17">
         <v>475.26999999999998</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="16" t="s">
         <v>28</v>