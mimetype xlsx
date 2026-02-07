--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -988,51 +988,51 @@
       </c>
       <c r="E25" s="14">
         <v>0.62</v>
       </c>
       <c r="F25" s="14">
         <v>0.73</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="14">
         <v>0.46</v>
       </c>
       <c r="C26" s="14">
         <v>0.41</v>
       </c>
       <c r="D26" s="14">
         <v>0.39</v>
       </c>
       <c r="E26" s="14">
         <v>0.38</v>
       </c>
       <c r="F26" s="14">
-        <v>0.44</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6" customHeight="1" ht="28.8">
       <c r="A27" s="12" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B28" s="14">
         <v>0.33</v>
       </c>
       <c r="C28" s="14">
         <v>0.33</v>
       </c>
       <c r="D28" s="14">
         <v>0.31</v>
       </c>
       <c r="E28" s="14">
         <v>0.34</v>
       </c>
       <c r="F28" s="14">
         <v>0.0</v>