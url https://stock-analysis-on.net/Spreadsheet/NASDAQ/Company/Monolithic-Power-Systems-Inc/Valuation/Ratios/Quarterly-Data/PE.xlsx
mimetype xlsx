--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1548,60 +1548,60 @@
       <c r="G25" s="10">
         <v>22.24</v>
       </c>
       <c r="H25" s="10">
         <v>18.13</v>
       </c>
       <c r="I25" s="10">
         <v>20.79</v>
       </c>
       <c r="J25" s="10">
         <v>18.079999999999998</v>
       </c>
       <c r="K25" s="10">
         <v>18.88</v>
       </c>
       <c r="L25" s="10">
         <v>16.050000000000001</v>
       </c>
       <c r="M25" s="10">
         <v>18.27</v>
       </c>
       <c r="N25" s="10">
         <v>19.010000000000002</v>
       </c>
       <c r="O25" s="10">
-        <v>20.38</v>
+        <v>0.0</v>
       </c>
       <c r="P25" s="10">
-        <v>23.61</v>
+        <v>0.0</v>
       </c>
       <c r="Q25" s="10">
-        <v>25.25</v>
+        <v>0.0</v>
       </c>
       <c r="R25" s="10">
-        <v>27.2</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="A26" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="15"/>
       <c r="C26" s="15"/>
       <c r="D26" s="15"/>
       <c r="E26" s="15"/>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15"/>
       <c r="K26" s="15"/>
       <c r="L26" s="15"/>
       <c r="M26" s="15"/>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26" s="15"/>
     </row>
   </sheetData>