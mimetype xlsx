--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -664,51 +664,51 @@
       <c r="E10" s="9">
         <v>266.0</v>
       </c>
       <c r="F10" s="9">
         <v>267.0</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="34.8">
       <c r="A11" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="28.8">
       <c r="A12" s="10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="7">
         <v>60.0</v>
       </c>
       <c r="C13" s="7">
-        <v>51.0</v>
+        <v>0.0</v>
       </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
         <v>0.0</v>
       </c>
       <c r="F13" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="7">
         <v>78.0</v>
       </c>
       <c r="C14" s="7">
         <v>80.0</v>
       </c>
       <c r="D14" s="7">
         <v>0.0</v>
       </c>
       <c r="E14" s="7">