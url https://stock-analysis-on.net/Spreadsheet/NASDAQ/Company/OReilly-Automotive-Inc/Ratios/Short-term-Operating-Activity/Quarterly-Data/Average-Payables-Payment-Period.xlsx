--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -775,60 +775,60 @@
     </row>
     <row r="10" spans="1:20" customHeight="1" ht="34.8">
       <c r="A10" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:20" customHeight="1" ht="28.8">
       <c r="A11" s="11" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="13">
         <v>86.0</v>
       </c>
       <c r="C12" s="13">
         <v>93.0</v>
       </c>
       <c r="D12" s="13">
         <v>91.0</v>
       </c>
       <c r="E12" s="13">
-        <v>105.0</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="13">
-        <v>97.0</v>
+        <v>0.0</v>
       </c>
       <c r="G12" s="13">
-        <v>92.0</v>
+        <v>0.0</v>
       </c>
       <c r="H12" s="13">
-        <v>93.0</v>
+        <v>0.0</v>
       </c>
       <c r="I12" s="13">
         <v>0.0</v>
       </c>
       <c r="J12" s="13">
         <v>0.0</v>
       </c>
       <c r="K12" s="13">
         <v>0.0</v>
       </c>
       <c r="L12" s="13">
         <v>0.0</v>
       </c>
       <c r="M12" s="13">
         <v>0.0</v>
       </c>
       <c r="N12" s="13">
         <v>0.0</v>
       </c>
       <c r="O12" s="13">
         <v>0.0</v>
       </c>
       <c r="P12" s="13">
         <v>0.0</v>
       </c>