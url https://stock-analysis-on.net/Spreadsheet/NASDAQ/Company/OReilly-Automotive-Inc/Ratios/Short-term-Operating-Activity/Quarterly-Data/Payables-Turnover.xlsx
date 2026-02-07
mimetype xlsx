--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -840,60 +840,60 @@
     </row>
     <row r="11" spans="1:20" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:20" customHeight="1" ht="28.8">
       <c r="A12" s="11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="13">
         <v>4.22</v>
       </c>
       <c r="C13" s="13">
         <v>3.91</v>
       </c>
       <c r="D13" s="13">
         <v>4.03</v>
       </c>
       <c r="E13" s="13">
-        <v>3.46</v>
+        <v>0.0</v>
       </c>
       <c r="F13" s="13">
-        <v>3.76</v>
+        <v>0.0</v>
       </c>
       <c r="G13" s="13">
-        <v>3.98</v>
+        <v>0.0</v>
       </c>
       <c r="H13" s="13">
-        <v>3.93</v>
+        <v>0.0</v>
       </c>
       <c r="I13" s="13">
         <v>0.0</v>
       </c>
       <c r="J13" s="13">
         <v>0.0</v>
       </c>
       <c r="K13" s="13">
         <v>0.0</v>
       </c>
       <c r="L13" s="13">
         <v>0.0</v>
       </c>
       <c r="M13" s="13">
         <v>0.0</v>
       </c>
       <c r="N13" s="13">
         <v>0.0</v>
       </c>
       <c r="O13" s="13">
         <v>0.0</v>
       </c>
       <c r="P13" s="13">
         <v>0.0</v>
       </c>