--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1427,60 +1427,60 @@
     </row>
     <row r="13" spans="1:20" customHeight="1" ht="34.8">
       <c r="A13" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:20" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="7">
         <v>93.17</v>
       </c>
       <c r="C15" s="7">
         <v>118.45</v>
       </c>
       <c r="D15" s="7">
         <v>59.049999999999997</v>
       </c>
       <c r="E15" s="7">
-        <v>48.079999999999998</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="7">
-        <v>65.12</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="7">
-        <v>57.25</v>
+        <v>0.0</v>
       </c>
       <c r="H15" s="7">
-        <v>65.0</v>
+        <v>0.0</v>
       </c>
       <c r="I15" s="7">
         <v>0.0</v>
       </c>
       <c r="J15" s="7">
         <v>0.0</v>
       </c>
       <c r="K15" s="7">
         <v>0.0</v>
       </c>
       <c r="L15" s="7">
         <v>0.0</v>
       </c>
       <c r="M15" s="7">
         <v>0.0</v>
       </c>
       <c r="N15" s="7">
         <v>0.0</v>
       </c>
       <c r="O15" s="7">
         <v>0.0</v>
       </c>
       <c r="P15" s="7">
         <v>0.0</v>
       </c>
@@ -2127,60 +2127,60 @@
     </row>
     <row r="13" spans="1:20" customHeight="1" ht="34.8">
       <c r="A13" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:20" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="7">
         <v>81.33</v>
       </c>
       <c r="C15" s="7">
         <v>89.87</v>
       </c>
       <c r="D15" s="7">
         <v>64.23999999999999</v>
       </c>
       <c r="E15" s="7">
-        <v>64.48</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="7">
-        <v>60.45</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="7">
-        <v>56.87</v>
+        <v>0.0</v>
       </c>
       <c r="H15" s="7">
-        <v>62.96</v>
+        <v>0.0</v>
       </c>
       <c r="I15" s="7">
         <v>0.0</v>
       </c>
       <c r="J15" s="7">
         <v>0.0</v>
       </c>
       <c r="K15" s="7">
         <v>0.0</v>
       </c>
       <c r="L15" s="7">
         <v>0.0</v>
       </c>
       <c r="M15" s="7">
         <v>0.0</v>
       </c>
       <c r="N15" s="7">
         <v>0.0</v>
       </c>
       <c r="O15" s="7">
         <v>0.0</v>
       </c>
       <c r="P15" s="7">
         <v>0.0</v>
       </c>
@@ -2827,60 +2827,60 @@
     </row>
     <row r="13" spans="1:20" customHeight="1" ht="34.8">
       <c r="A13" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:20" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="7">
         <v>2.1</v>
       </c>
       <c r="C15" s="7">
         <v>2.83</v>
       </c>
       <c r="D15" s="7">
         <v>2.65</v>
       </c>
       <c r="E15" s="7">
-        <v>3.41</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="7">
-        <v>3.73</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="7">
-        <v>3.8</v>
+        <v>0.0</v>
       </c>
       <c r="H15" s="7">
-        <v>4.17</v>
+        <v>0.0</v>
       </c>
       <c r="I15" s="7">
         <v>0.0</v>
       </c>
       <c r="J15" s="7">
         <v>0.0</v>
       </c>
       <c r="K15" s="7">
         <v>0.0</v>
       </c>
       <c r="L15" s="7">
         <v>0.0</v>
       </c>
       <c r="M15" s="7">
         <v>0.0</v>
       </c>
       <c r="N15" s="7">
         <v>0.0</v>
       </c>
       <c r="O15" s="7">
         <v>0.0</v>
       </c>
       <c r="P15" s="7">
         <v>0.0</v>
       </c>
@@ -3527,60 +3527,60 @@
     </row>
     <row r="13" spans="1:20" customHeight="1" ht="34.8">
       <c r="A13" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:20" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="7">
         <v>7.67</v>
       </c>
       <c r="C15" s="7">
         <v>10.46</v>
       </c>
       <c r="D15" s="7">
         <v>9.44</v>
       </c>
       <c r="E15" s="7">
-        <v>11.6</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="7">
-        <v>14.19</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="7">
-        <v>14.68</v>
+        <v>0.0</v>
       </c>
       <c r="H15" s="7">
-        <v>16.93</v>
+        <v>0.0</v>
       </c>
       <c r="I15" s="7">
         <v>0.0</v>
       </c>
       <c r="J15" s="7">
         <v>0.0</v>
       </c>
       <c r="K15" s="7">
         <v>0.0</v>
       </c>
       <c r="L15" s="7">
         <v>0.0</v>
       </c>
       <c r="M15" s="7">
         <v>0.0</v>
       </c>
       <c r="N15" s="7">
         <v>0.0</v>
       </c>
       <c r="O15" s="7">
         <v>0.0</v>
       </c>
       <c r="P15" s="7">
         <v>0.0</v>
       </c>