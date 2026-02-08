--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -973,60 +973,60 @@
     </row>
     <row r="13" spans="1:20" customHeight="1" ht="34.8">
       <c r="A13" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:20" customHeight="1" ht="28.8">
       <c r="A14" s="13" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="10">
         <v>7.67</v>
       </c>
       <c r="C15" s="10">
         <v>10.46</v>
       </c>
       <c r="D15" s="10">
         <v>9.44</v>
       </c>
       <c r="E15" s="10">
-        <v>11.6</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="10">
-        <v>14.19</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="10">
-        <v>14.68</v>
+        <v>0.0</v>
       </c>
       <c r="H15" s="10">
-        <v>16.93</v>
+        <v>0.0</v>
       </c>
       <c r="I15" s="10">
         <v>0.0</v>
       </c>
       <c r="J15" s="10">
         <v>0.0</v>
       </c>
       <c r="K15" s="10">
         <v>0.0</v>
       </c>
       <c r="L15" s="10">
         <v>0.0</v>
       </c>
       <c r="M15" s="10">
         <v>0.0</v>
       </c>
       <c r="N15" s="10">
         <v>0.0</v>
       </c>
       <c r="O15" s="10">
         <v>0.0</v>
       </c>
       <c r="P15" s="10">
         <v>0.0</v>
       </c>