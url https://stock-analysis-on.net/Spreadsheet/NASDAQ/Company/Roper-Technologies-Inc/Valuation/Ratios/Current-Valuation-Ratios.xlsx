--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -664,214 +664,214 @@
       <c r="B13" s="7">
         <v>50.29</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="7">
         <v>150.13999999999999</v>
       </c>
     </row>
     <row r="15" spans="1:9" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="10">
         <v>11.61</v>
       </c>
       <c r="C16" s="10">
-        <v>36.16</v>
+        <v>36.45</v>
       </c>
       <c r="D16" s="10">
-        <v>56.81</v>
+        <v>60.71</v>
       </c>
       <c r="E16" s="10">
-        <v>31.97</v>
+        <v>32.92</v>
       </c>
       <c r="F16" s="10">
-        <v>16.65</v>
+        <v>17.47</v>
       </c>
       <c r="G16" s="10">
-        <v>17.56</v>
+        <v>19.57</v>
       </c>
       <c r="H16" s="10">
-        <v>38.99</v>
+        <v>39.49</v>
       </c>
       <c r="I16" s="10">
-        <v>59.78</v>
+        <v>62.24</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="10">
         <v>10.59</v>
       </c>
       <c r="C17" s="10">
-        <v>15.32</v>
+        <v>15.45</v>
       </c>
       <c r="D17" s="10">
-        <v>45.4</v>
+        <v>48.51</v>
       </c>
       <c r="E17" s="10">
-        <v>28.68</v>
+        <v>29.54</v>
       </c>
       <c r="F17" s="10">
-        <v>6.13</v>
+        <v>6.43</v>
       </c>
       <c r="G17" s="10">
-        <v>14.87</v>
+        <v>16.57</v>
       </c>
       <c r="H17" s="10">
-        <v>20.45</v>
+        <v>20.71</v>
       </c>
       <c r="I17" s="10">
-        <v>46.0</v>
+        <v>47.89</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="10">
         <v>1.21</v>
       </c>
       <c r="C18" s="10">
         <v>0.27</v>
       </c>
       <c r="D18" s="10">
-        <v>2.26</v>
+        <v>2.41</v>
       </c>
       <c r="E18" s="10">
-        <v>2.79</v>
+        <v>2.88</v>
       </c>
       <c r="F18" s="10">
         <v>0.1</v>
       </c>
       <c r="G18" s="10">
-        <v>0.97</v>
+        <v>1.08</v>
       </c>
       <c r="H18" s="10">
-        <v>0.43</v>
+        <v>0.44</v>
       </c>
       <c r="I18" s="10">
-        <v>2.0</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="10">
         <v>34.62</v>
       </c>
       <c r="C19" s="10">
-        <v>30.44</v>
+        <v>30.69</v>
       </c>
       <c r="D19" s="10">
-        <v>55.030000000000001</v>
+        <v>58.8</v>
       </c>
       <c r="E19" s="10">
-        <v>27.67</v>
+        <v>28.5</v>
       </c>
       <c r="F19" s="10">
-        <v>12.26</v>
+        <v>12.86</v>
       </c>
       <c r="G19" s="10">
-        <v>14.7</v>
+        <v>16.38</v>
       </c>
       <c r="H19" s="10">
-        <v>33.11</v>
+        <v>33.53</v>
       </c>
       <c r="I19" s="10">
-        <v>50.71</v>
+        <v>52.8</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="10">
         <v>9.82</v>
       </c>
       <c r="C20" s="10">
-        <v>9.73</v>
+        <v>9.81</v>
       </c>
       <c r="D20" s="10">
-        <v>23.14</v>
+        <v>24.72</v>
       </c>
       <c r="E20" s="10">
-        <v>5.74</v>
+        <v>5.92</v>
       </c>
       <c r="F20" s="10">
-        <v>0.8</v>
+        <v>0.84</v>
       </c>
       <c r="G20" s="10">
-        <v>0.84</v>
+        <v>0.93</v>
       </c>
       <c r="H20" s="10">
-        <v>8.32</v>
+        <v>8.43</v>
       </c>
       <c r="I20" s="10">
-        <v>13.35</v>
+        <v>13.9</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="10">
         <v>3.29</v>
       </c>
       <c r="C21" s="10">
-        <v>54.94</v>
+        <v>55.38</v>
       </c>
       <c r="D21" s="10">
-        <v>16.21</v>
+        <v>17.32</v>
       </c>
       <c r="E21" s="10">
-        <v>6.95</v>
+        <v>7.15</v>
       </c>
       <c r="F21" s="10">
         <v>0.0</v>
       </c>
       <c r="G21" s="10">
-        <v>2.92</v>
+        <v>3.26</v>
       </c>
       <c r="H21" s="10">
-        <v>48.73</v>
+        <v>49.35</v>
       </c>
       <c r="I21" s="10">
-        <v>23.21</v>
+        <v>24.16</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="11"/>
       <c r="I22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>