--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -900,60 +900,60 @@
       <c r="A13" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="13">
         <v>0.0476</v>
       </c>
       <c r="C13" s="13">
         <v>0.0329</v>
       </c>
       <c r="D13" s="13">
         <v>0.0254</v>
       </c>
       <c r="E13" s="13">
         <v>0.0238</v>
       </c>
       <c r="F13" s="13">
         <v>0.0258</v>
       </c>
       <c r="G13" s="13">
         <v>0.0315</v>
       </c>
       <c r="H13" s="13">
         <v>0.0412</v>
       </c>
       <c r="I13" s="13">
-        <v>0.053</v>
+        <v>0.0</v>
       </c>
       <c r="J13" s="13">
-        <v>0.0618</v>
+        <v>0.0</v>
       </c>
       <c r="K13" s="13">
-        <v>0.0668</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="13">
-        <v>0.0663</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="13">
         <v>0.0</v>
       </c>
       <c r="N13" s="13">
         <v>0.0</v>
       </c>
       <c r="O13" s="13">
         <v>0.0</v>
       </c>
       <c r="P13" s="13">
         <v>0.0</v>
       </c>
       <c r="Q13" s="13">
         <v>0.0</v>
       </c>
       <c r="R13" s="13">
         <v>0.0</v>
       </c>
       <c r="S13" s="13">
         <v>0.0</v>
       </c>
       <c r="T13" s="13">
         <v>0.0</v>
       </c>