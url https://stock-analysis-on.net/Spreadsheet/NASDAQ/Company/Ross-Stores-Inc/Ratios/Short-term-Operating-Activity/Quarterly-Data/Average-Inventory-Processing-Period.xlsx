--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -823,60 +823,60 @@
       <c r="A12" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="13">
         <v>43.0</v>
       </c>
       <c r="C12" s="13">
         <v>46.0</v>
       </c>
       <c r="D12" s="13">
         <v>43.0</v>
       </c>
       <c r="E12" s="13">
         <v>43.0</v>
       </c>
       <c r="F12" s="13">
         <v>47.0</v>
       </c>
       <c r="G12" s="13">
         <v>50.0</v>
       </c>
       <c r="H12" s="13">
         <v>46.0</v>
       </c>
       <c r="I12" s="13">
-        <v>44.0</v>
+        <v>0.0</v>
       </c>
       <c r="J12" s="13">
-        <v>42.0</v>
+        <v>0.0</v>
       </c>
       <c r="K12" s="13">
-        <v>33.0</v>
+        <v>0.0</v>
       </c>
       <c r="L12" s="13">
-        <v>35.0</v>
+        <v>0.0</v>
       </c>
       <c r="M12" s="13">
         <v>0.0</v>
       </c>
       <c r="N12" s="13">
         <v>0.0</v>
       </c>
       <c r="O12" s="13">
         <v>0.0</v>
       </c>
       <c r="P12" s="13">
         <v>0.0</v>
       </c>
       <c r="Q12" s="13">
         <v>0.0</v>
       </c>
       <c r="R12" s="13">
         <v>0.0</v>
       </c>
       <c r="S12" s="13">
         <v>0.0</v>
       </c>
       <c r="T12" s="13">
         <v>0.0</v>
       </c>