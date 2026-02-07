--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -823,60 +823,60 @@
       <c r="A12" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="13">
         <v>88.0</v>
       </c>
       <c r="C12" s="13">
         <v>87.0</v>
       </c>
       <c r="D12" s="13">
         <v>84.0</v>
       </c>
       <c r="E12" s="13">
         <v>101.0</v>
       </c>
       <c r="F12" s="13">
         <v>86.0</v>
       </c>
       <c r="G12" s="13">
         <v>93.0</v>
       </c>
       <c r="H12" s="13">
         <v>91.0</v>
       </c>
       <c r="I12" s="13">
-        <v>105.0</v>
+        <v>0.0</v>
       </c>
       <c r="J12" s="13">
-        <v>97.0</v>
+        <v>0.0</v>
       </c>
       <c r="K12" s="13">
-        <v>92.0</v>
+        <v>0.0</v>
       </c>
       <c r="L12" s="13">
-        <v>93.0</v>
+        <v>0.0</v>
       </c>
       <c r="M12" s="13">
         <v>0.0</v>
       </c>
       <c r="N12" s="13">
         <v>0.0</v>
       </c>
       <c r="O12" s="13">
         <v>0.0</v>
       </c>
       <c r="P12" s="13">
         <v>0.0</v>
       </c>
       <c r="Q12" s="13">
         <v>0.0</v>
       </c>
       <c r="R12" s="13">
         <v>0.0</v>
       </c>
       <c r="S12" s="13">
         <v>0.0</v>
       </c>
       <c r="T12" s="13">
         <v>0.0</v>
       </c>