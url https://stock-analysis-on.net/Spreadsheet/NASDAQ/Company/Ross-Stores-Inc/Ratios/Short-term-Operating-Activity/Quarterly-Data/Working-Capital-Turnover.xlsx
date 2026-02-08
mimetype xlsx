--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1057,60 +1057,60 @@
       <c r="A16" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="14">
         <v>0.0</v>
       </c>
       <c r="C16" s="14">
         <v>0.0</v>
       </c>
       <c r="D16" s="14">
         <v>0.0</v>
       </c>
       <c r="E16" s="14">
         <v>0.0</v>
       </c>
       <c r="F16" s="14">
         <v>0.0</v>
       </c>
       <c r="G16" s="14">
         <v>0.0</v>
       </c>
       <c r="H16" s="14">
         <v>0.0</v>
       </c>
       <c r="I16" s="14">
-        <v>24.33</v>
+        <v>0.0</v>
       </c>
       <c r="J16" s="14">
-        <v>31.5</v>
+        <v>0.0</v>
       </c>
       <c r="K16" s="14">
-        <v>19.23</v>
+        <v>0.0</v>
       </c>
       <c r="L16" s="14">
-        <v>69.81</v>
+        <v>0.0</v>
       </c>
       <c r="M16" s="14">
         <v>0.0</v>
       </c>
       <c r="N16" s="14">
         <v>0.0</v>
       </c>
       <c r="O16" s="14">
         <v>0.0</v>
       </c>
       <c r="P16" s="14">
         <v>0.0</v>
       </c>
       <c r="Q16" s="14">
         <v>0.0</v>
       </c>
       <c r="R16" s="14">
         <v>0.0</v>
       </c>
       <c r="S16" s="14">
         <v>0.0</v>
       </c>
       <c r="T16" s="14">
         <v>0.0</v>
       </c>