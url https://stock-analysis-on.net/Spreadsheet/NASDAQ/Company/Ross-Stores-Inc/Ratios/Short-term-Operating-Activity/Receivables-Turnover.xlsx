--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -675,51 +675,51 @@
       <c r="G9" s="9">
         <v>171.21000000000001</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="10" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="12">
         <v>19.32</v>
       </c>
       <c r="C12" s="12">
         <v>23.26</v>
       </c>
       <c r="D12" s="12">
-        <v>26.09</v>
+        <v>0.0</v>
       </c>
       <c r="E12" s="12">
         <v>0.0</v>
       </c>
       <c r="F12" s="12">
         <v>0.0</v>
       </c>
       <c r="G12" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="12">
         <v>44.12</v>
       </c>
       <c r="C13" s="12">
         <v>44.15</v>
       </c>
       <c r="D13" s="12">
         <v>52.34</v>
       </c>
       <c r="E13" s="12">