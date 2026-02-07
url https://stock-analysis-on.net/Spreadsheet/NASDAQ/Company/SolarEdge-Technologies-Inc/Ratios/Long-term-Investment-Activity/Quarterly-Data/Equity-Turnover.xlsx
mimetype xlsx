--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1358,60 +1358,60 @@
       </c>
       <c r="P22" s="13">
         <v>0.0</v>
       </c>
       <c r="Q22" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="13">
         <v>1.37</v>
       </c>
       <c r="C23" s="13">
         <v>1.39</v>
       </c>
       <c r="D23" s="13">
         <v>1.39</v>
       </c>
       <c r="E23" s="13">
         <v>1.35</v>
       </c>
       <c r="F23" s="13">
-        <v>1.38</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="13">
-        <v>1.45</v>
+        <v>0.0</v>
       </c>
       <c r="H23" s="13">
-        <v>1.5</v>
+        <v>0.0</v>
       </c>
       <c r="I23" s="13">
-        <v>1.52</v>
+        <v>0.0</v>
       </c>
       <c r="J23" s="13">
         <v>0.0</v>
       </c>
       <c r="K23" s="13">
         <v>0.0</v>
       </c>
       <c r="L23" s="13">
         <v>0.0</v>
       </c>
       <c r="M23" s="13">
         <v>0.0</v>
       </c>
       <c r="N23" s="13">
         <v>0.0</v>
       </c>
       <c r="O23" s="13">
         <v>0.0</v>
       </c>
       <c r="P23" s="13">
         <v>0.0</v>
       </c>
       <c r="Q23" s="13">
         <v>0.0</v>
       </c>