--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1355,51 +1355,51 @@
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="34.8">
       <c r="A18" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="28.8">
       <c r="A19" s="12" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="7">
         <v>3.73</v>
       </c>
       <c r="C20" s="7">
         <v>0.47</v>
       </c>
       <c r="D20" s="7">
         <v>5.24</v>
       </c>
       <c r="E20" s="7">
-        <v>4.63</v>
+        <v>0.0</v>
       </c>
       <c r="F20" s="7">
         <v>0.0</v>
       </c>
       <c r="G20" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="7">
         <v>9.07</v>
       </c>
       <c r="C21" s="7">
         <v>9.94</v>
       </c>
       <c r="D21" s="7">
         <v>8.97</v>
       </c>
       <c r="E21" s="7">
         <v>8.26</v>
       </c>
       <c r="F21" s="7">
@@ -1657,51 +1657,51 @@
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="7">
         <v>0.39</v>
       </c>
       <c r="C12" s="7">
         <v>0.59</v>
       </c>
       <c r="D12" s="7">
         <v>0.54</v>
       </c>
       <c r="E12" s="7">
-        <v>0.66</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
       <c r="G12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="7">
         <v>27.65</v>
       </c>
       <c r="C13" s="7">
         <v>0.0</v>
       </c>
       <c r="D13" s="7">
         <v>11.29</v>
       </c>
       <c r="E13" s="7">
         <v>0.0</v>
       </c>
       <c r="F13" s="7">
@@ -2028,51 +2028,51 @@
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="34.8">
       <c r="A14" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="28.8">
       <c r="A15" s="12" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="7">
         <v>0.77</v>
       </c>
       <c r="C16" s="7">
         <v>1.06</v>
       </c>
       <c r="D16" s="7">
         <v>0.96</v>
       </c>
       <c r="E16" s="7">
-        <v>1.08</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="7">
         <v>0.0</v>
       </c>
       <c r="G16" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="7">
         <v>32.24</v>
       </c>
       <c r="C17" s="7">
         <v>0.0</v>
       </c>
       <c r="D17" s="7">
         <v>13.16</v>
       </c>
       <c r="E17" s="7">
         <v>0.0</v>
       </c>
       <c r="F17" s="7">
@@ -2353,51 +2353,51 @@
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="34.8">
       <c r="A11" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="28.8">
       <c r="A12" s="12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="7">
         <v>0.28</v>
       </c>
       <c r="C13" s="7">
         <v>0.37</v>
       </c>
       <c r="D13" s="7">
         <v>0.35</v>
       </c>
       <c r="E13" s="7">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
       <c r="F13" s="7">
         <v>0.0</v>
       </c>
       <c r="G13" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="7">
         <v>0.97</v>
       </c>
       <c r="C14" s="7">
         <v>1.04</v>
       </c>
       <c r="D14" s="7">
         <v>0.92</v>
       </c>
       <c r="E14" s="7">
         <v>1.11</v>
       </c>
       <c r="F14" s="7">
@@ -2747,51 +2747,51 @@
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="34.8">
       <c r="A14" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="28.8">
       <c r="A15" s="12" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="7">
         <v>0.43</v>
       </c>
       <c r="C16" s="7">
         <v>0.51</v>
       </c>
       <c r="D16" s="7">
         <v>0.49</v>
       </c>
       <c r="E16" s="7">
-        <v>0.52</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="7">
         <v>0.0</v>
       </c>
       <c r="G16" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="7">
         <v>0.97</v>
       </c>
       <c r="C17" s="7">
         <v>1.04</v>
       </c>
       <c r="D17" s="7">
         <v>0.93</v>
       </c>
       <c r="E17" s="7">
         <v>1.09</v>
       </c>
       <c r="F17" s="7">
@@ -3049,51 +3049,51 @@
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="7">
         <v>0.15</v>
       </c>
       <c r="C12" s="7">
         <v>0.19</v>
       </c>
       <c r="D12" s="7">
         <v>0.18</v>
       </c>
       <c r="E12" s="7">
-        <v>0.19</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
       <c r="G12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="7">
         <v>0.57</v>
       </c>
       <c r="C13" s="7">
         <v>0.56</v>
       </c>
       <c r="D13" s="7">
         <v>0.53</v>
       </c>
       <c r="E13" s="7">
         <v>0.61</v>
       </c>
       <c r="F13" s="7">
@@ -3420,51 +3420,51 @@
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="34.8">
       <c r="A14" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="28.8">
       <c r="A15" s="12" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="7">
         <v>0.29</v>
       </c>
       <c r="C16" s="7">
         <v>0.33</v>
       </c>
       <c r="D16" s="7">
         <v>0.31</v>
       </c>
       <c r="E16" s="7">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="7">
         <v>0.0</v>
       </c>
       <c r="G16" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="7">
         <v>0.66</v>
       </c>
       <c r="C17" s="7">
         <v>0.64</v>
       </c>
       <c r="D17" s="7">
         <v>0.62</v>
       </c>
       <c r="E17" s="7">
         <v>0.73</v>
       </c>
       <c r="F17" s="7">
@@ -3722,51 +3722,51 @@
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="7">
         <v>2.61</v>
       </c>
       <c r="C12" s="7">
         <v>3.17</v>
       </c>
       <c r="D12" s="7">
         <v>3.04</v>
       </c>
       <c r="E12" s="7">
-        <v>3.44</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
       <c r="G12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="7">
         <v>48.94</v>
       </c>
       <c r="C13" s="7">
         <v>0.0</v>
       </c>
       <c r="D13" s="7">
         <v>21.39</v>
       </c>
       <c r="E13" s="7">
         <v>0.0</v>
       </c>
       <c r="F13" s="7">
@@ -4070,51 +4070,51 @@
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="28.8">
       <c r="A13" s="12" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="7">
         <v>12.8</v>
       </c>
       <c r="C14" s="7">
         <v>-1.51</v>
       </c>
       <c r="D14" s="7">
         <v>22.09</v>
       </c>
       <c r="E14" s="7">
-        <v>15.69</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="7">
         <v>0.0</v>
       </c>
       <c r="G14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="7">
         <v>14.9</v>
       </c>
       <c r="C15" s="7">
         <v>17.14</v>
       </c>
       <c r="D15" s="7">
         <v>13.6</v>
       </c>
       <c r="E15" s="7">
         <v>13.25</v>
       </c>
       <c r="F15" s="7">