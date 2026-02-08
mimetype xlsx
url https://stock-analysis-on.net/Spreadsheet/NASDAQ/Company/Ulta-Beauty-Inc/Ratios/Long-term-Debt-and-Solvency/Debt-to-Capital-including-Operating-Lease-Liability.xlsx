--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -788,51 +788,51 @@
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="34.8">
       <c r="A14" s="5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="28.8">
       <c r="A15" s="12" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="14">
         <v>0.43</v>
       </c>
       <c r="C16" s="14">
         <v>0.51</v>
       </c>
       <c r="D16" s="14">
         <v>0.49</v>
       </c>
       <c r="E16" s="14">
-        <v>0.52</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="14">
         <v>0.0</v>
       </c>
       <c r="G16" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="14">
         <v>0.97</v>
       </c>
       <c r="C17" s="14">
         <v>1.04</v>
       </c>
       <c r="D17" s="14">
         <v>0.93</v>
       </c>
       <c r="E17" s="14">
         <v>1.09</v>
       </c>
       <c r="F17" s="14">