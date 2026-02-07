--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -658,196 +658,196 @@
       <c r="B13" s="7">
         <v>207.37</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="7">
         <v>39.81</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="10">
         <v>16.75</v>
       </c>
       <c r="C16" s="10">
-        <v>40.18</v>
+        <v>37.95</v>
       </c>
       <c r="D16" s="10">
-        <v>25.71</v>
+        <v>25.9</v>
       </c>
       <c r="E16" s="10">
-        <v>22.16</v>
+        <v>22.45</v>
       </c>
       <c r="F16" s="10">
-        <v>35.48</v>
+        <v>35.58</v>
       </c>
       <c r="G16" s="10">
-        <v>53.74</v>
+        <v>51.53</v>
       </c>
       <c r="H16" s="10">
-        <v>47.86</v>
+        <v>47.31</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="10">
         <v>11.62</v>
       </c>
       <c r="C17" s="10">
-        <v>34.32</v>
+        <v>32.41</v>
       </c>
       <c r="D17" s="10">
-        <v>5.28</v>
+        <v>5.32</v>
       </c>
       <c r="E17" s="10">
-        <v>6.06</v>
+        <v>6.14</v>
       </c>
       <c r="F17" s="10">
-        <v>25.69</v>
+        <v>25.76</v>
       </c>
       <c r="G17" s="10">
-        <v>44.49</v>
+        <v>42.66</v>
       </c>
       <c r="H17" s="10">
-        <v>39.3</v>
+        <v>38.85</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="10">
         <v>0.38</v>
       </c>
       <c r="C18" s="10">
-        <v>2.35</v>
+        <v>2.22</v>
       </c>
       <c r="D18" s="10">
         <v>0.07</v>
       </c>
       <c r="E18" s="10">
         <v>0.08</v>
       </c>
       <c r="F18" s="10">
         <v>0.93</v>
       </c>
       <c r="G18" s="10">
-        <v>2.58</v>
+        <v>2.48</v>
       </c>
       <c r="H18" s="10">
-        <v>2.2</v>
+        <v>2.17</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="10">
         <v>12.7</v>
       </c>
       <c r="C19" s="10">
-        <v>34.71</v>
+        <v>32.78</v>
       </c>
       <c r="D19" s="10">
-        <v>17.68</v>
+        <v>17.81</v>
       </c>
       <c r="E19" s="10">
-        <v>14.73</v>
+        <v>14.92</v>
       </c>
       <c r="F19" s="10">
-        <v>27.38</v>
+        <v>27.46</v>
       </c>
       <c r="G19" s="10">
-        <v>40.68</v>
+        <v>39.009999999999998</v>
       </c>
       <c r="H19" s="10">
-        <v>41.53</v>
+        <v>41.049999999999997</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B20" s="10">
         <v>2.04</v>
       </c>
       <c r="C20" s="10">
-        <v>3.73</v>
+        <v>3.52</v>
       </c>
       <c r="D20" s="10">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="E20" s="10">
-        <v>1.84</v>
+        <v>1.87</v>
       </c>
       <c r="F20" s="10">
-        <v>3.06</v>
+        <v>3.07</v>
       </c>
       <c r="G20" s="10">
-        <v>3.51</v>
+        <v>3.37</v>
       </c>
       <c r="H20" s="10">
-        <v>3.75</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="10">
         <v>10.62</v>
       </c>
       <c r="C21" s="10">
-        <v>8.32</v>
+        <v>7.86</v>
       </c>
       <c r="D21" s="10">
-        <v>57.33</v>
+        <v>57.74</v>
       </c>
       <c r="E21" s="10">
         <v>0.0</v>
       </c>
       <c r="F21" s="10">
-        <v>20.56</v>
+        <v>20.62</v>
       </c>
       <c r="G21" s="10">
-        <v>15.79</v>
+        <v>15.14</v>
       </c>
       <c r="H21" s="10">
-        <v>14.31</v>
+        <v>14.15</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>