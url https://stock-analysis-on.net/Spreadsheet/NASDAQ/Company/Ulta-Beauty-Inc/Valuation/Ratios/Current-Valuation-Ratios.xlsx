--- v1 (2026-02-07)
+++ v2 (2026-02-07)
@@ -658,196 +658,196 @@
       <c r="B13" s="7">
         <v>207.37</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="7">
         <v>39.81</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="10">
         <v>16.75</v>
       </c>
       <c r="C16" s="10">
-        <v>37.95</v>
+        <v>29.07</v>
       </c>
       <c r="D16" s="10">
         <v>25.9</v>
       </c>
       <c r="E16" s="10">
         <v>22.45</v>
       </c>
       <c r="F16" s="10">
         <v>35.58</v>
       </c>
       <c r="G16" s="10">
-        <v>51.53</v>
+        <v>51.69</v>
       </c>
       <c r="H16" s="10">
-        <v>47.31</v>
+        <v>47.39</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="10">
         <v>11.62</v>
       </c>
       <c r="C17" s="10">
-        <v>32.41</v>
+        <v>24.77</v>
       </c>
       <c r="D17" s="10">
         <v>5.32</v>
       </c>
       <c r="E17" s="10">
         <v>6.14</v>
       </c>
       <c r="F17" s="10">
         <v>25.76</v>
       </c>
       <c r="G17" s="10">
-        <v>42.66</v>
+        <v>42.79</v>
       </c>
       <c r="H17" s="10">
-        <v>38.85</v>
+        <v>38.91</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="10">
         <v>0.38</v>
       </c>
       <c r="C18" s="10">
-        <v>2.22</v>
+        <v>1.68</v>
       </c>
       <c r="D18" s="10">
         <v>0.07</v>
       </c>
       <c r="E18" s="10">
         <v>0.08</v>
       </c>
       <c r="F18" s="10">
         <v>0.93</v>
       </c>
       <c r="G18" s="10">
-        <v>2.48</v>
+        <v>2.49</v>
       </c>
       <c r="H18" s="10">
-        <v>2.17</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="10">
         <v>12.7</v>
       </c>
       <c r="C19" s="10">
-        <v>32.78</v>
+        <v>28.23</v>
       </c>
       <c r="D19" s="10">
         <v>17.81</v>
       </c>
       <c r="E19" s="10">
         <v>14.92</v>
       </c>
       <c r="F19" s="10">
         <v>27.46</v>
       </c>
       <c r="G19" s="10">
-        <v>39.009999999999998</v>
+        <v>39.13</v>
       </c>
       <c r="H19" s="10">
-        <v>41.049999999999997</v>
+        <v>41.12</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B20" s="10">
         <v>2.04</v>
       </c>
       <c r="C20" s="10">
-        <v>3.52</v>
+        <v>3.15</v>
       </c>
       <c r="D20" s="10">
         <v>2.4</v>
       </c>
       <c r="E20" s="10">
         <v>1.87</v>
       </c>
       <c r="F20" s="10">
         <v>3.07</v>
       </c>
       <c r="G20" s="10">
-        <v>3.37</v>
+        <v>3.38</v>
       </c>
       <c r="H20" s="10">
-        <v>3.7</v>
+        <v>3.71</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="10">
         <v>10.62</v>
       </c>
       <c r="C21" s="10">
-        <v>7.86</v>
+        <v>5.49</v>
       </c>
       <c r="D21" s="10">
         <v>57.74</v>
       </c>
       <c r="E21" s="10">
         <v>0.0</v>
       </c>
       <c r="F21" s="10">
         <v>20.62</v>
       </c>
       <c r="G21" s="10">
-        <v>15.14</v>
+        <v>15.19</v>
       </c>
       <c r="H21" s="10">
-        <v>14.15</v>
+        <v>14.17</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>