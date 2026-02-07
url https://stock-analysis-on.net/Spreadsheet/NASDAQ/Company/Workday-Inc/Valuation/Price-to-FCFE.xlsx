--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1167,51 +1167,51 @@
       </c>
     </row>
     <row r="28" spans="1:2" customHeight="1" ht="28.8">
       <c r="A28" s="15" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" s="16" t="s">
         <v>41</v>
       </c>
       <c r="B29" s="13">
         <v>36.63</v>
       </c>
     </row>
     <row r="30" spans="1:2" customHeight="1" ht="28.8">
       <c r="A30" s="15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" s="16" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="13">
-        <v>49.97</v>
+        <v>49.96</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B32" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G33"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G33" sqref="G33"/>
     </sheetView>