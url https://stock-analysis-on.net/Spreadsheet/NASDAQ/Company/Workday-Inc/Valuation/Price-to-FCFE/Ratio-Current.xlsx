--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -781,51 +781,51 @@
       </c>
     </row>
     <row r="28" spans="1:2" customHeight="1" ht="28.8">
       <c r="A28" s="10" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" s="11" t="s">
         <v>27</v>
       </c>
       <c r="B29" s="7">
         <v>36.63</v>
       </c>
     </row>
     <row r="30" spans="1:2" customHeight="1" ht="28.8">
       <c r="A30" s="10" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" s="11" t="s">
         <v>29</v>
       </c>
       <c r="B31" s="7">
-        <v>49.97</v>
+        <v>49.96</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" s="12" t="s">
         <v>30</v>
       </c>
       <c r="B32" s="12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>