--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1134,60 +1134,60 @@
       <c r="A17" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="14">
         <v>0.44</v>
       </c>
       <c r="C17" s="14">
         <v>0.43</v>
       </c>
       <c r="D17" s="14">
         <v>0.44</v>
       </c>
       <c r="E17" s="14">
         <v>0.45</v>
       </c>
       <c r="F17" s="14">
         <v>0.42</v>
       </c>
       <c r="G17" s="14">
         <v>0.43</v>
       </c>
       <c r="H17" s="14">
         <v>0.48</v>
       </c>
       <c r="I17" s="14">
-        <v>0.68</v>
+        <v>0.0</v>
       </c>
       <c r="J17" s="14">
-        <v>0.64</v>
+        <v>0.0</v>
       </c>
       <c r="K17" s="14">
-        <v>0.76</v>
+        <v>0.0</v>
       </c>
       <c r="L17" s="14">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
       <c r="M17" s="14">
         <v>0.0</v>
       </c>
       <c r="N17" s="14">
         <v>0.0</v>
       </c>
       <c r="O17" s="14">
         <v>0.0</v>
       </c>
       <c r="P17" s="14">
         <v>0.0</v>
       </c>
       <c r="Q17" s="14">
         <v>0.0</v>
       </c>
       <c r="R17" s="14">
         <v>0.0</v>
       </c>
       <c r="S17" s="14">
         <v>0.0</v>
       </c>
       <c r="T17" s="14">
         <v>0.0</v>
       </c>