--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -794,885 +794,885 @@
   </sheetPr>
   <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F16" sqref="F16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="7">
         <v>0.0</v>
       </c>
       <c r="C6" s="7">
         <v>0.0</v>
       </c>
       <c r="D6" s="7">
         <v>0.0</v>
       </c>
       <c r="E6" s="7">
         <v>0.0</v>
       </c>
       <c r="F6" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7">
+        <v>1.79</v>
+      </c>
+      <c r="C7" s="7">
         <v>1.24</v>
       </c>
-      <c r="C7" s="7">
+      <c r="D7" s="7">
         <v>1.32</v>
       </c>
-      <c r="D7" s="7">
+      <c r="E7" s="7">
         <v>1.58</v>
       </c>
-      <c r="E7" s="7">
+      <c r="F7" s="7">
         <v>1.53</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.56</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7">
         <v>0.0</v>
       </c>
       <c r="C8" s="7">
         <v>0.0</v>
       </c>
       <c r="D8" s="7">
         <v>0.0</v>
       </c>
       <c r="E8" s="7">
         <v>0.0</v>
       </c>
       <c r="F8" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="7">
+        <v>0.64</v>
+      </c>
+      <c r="C9" s="7">
         <v>0.55</v>
       </c>
-      <c r="C9" s="7">
+      <c r="D9" s="7">
         <v>0.57</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.61</v>
       </c>
       <c r="E9" s="7">
         <v>0.61</v>
       </c>
       <c r="F9" s="7">
         <v>0.61</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="7">
         <v>0.0</v>
       </c>
       <c r="C10" s="7">
         <v>0.0</v>
       </c>
       <c r="D10" s="7">
         <v>0.0</v>
       </c>
       <c r="E10" s="7">
         <v>0.0</v>
       </c>
       <c r="F10" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="7">
+        <v>0.56</v>
+      </c>
+      <c r="C11" s="7">
         <v>0.49</v>
       </c>
-      <c r="C11" s="7">
+      <c r="D11" s="7">
         <v>0.5</v>
       </c>
-      <c r="D11" s="7">
+      <c r="E11" s="7">
         <v>0.54</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.53</v>
       </c>
       <c r="F11" s="7">
         <v>0.53</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="7">
+        <v>3.18</v>
+      </c>
+      <c r="C12" s="7">
         <v>2.52</v>
       </c>
-      <c r="C12" s="7">
+      <c r="D12" s="7">
         <v>2.63</v>
       </c>
-      <c r="D12" s="7">
+      <c r="E12" s="7">
         <v>2.93</v>
       </c>
-      <c r="E12" s="7">
+      <c r="F12" s="7">
         <v>2.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.96</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="34.8">
       <c r="A13" s="5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="7">
         <v>0.0</v>
       </c>
       <c r="C14" s="7">
         <v>0.0</v>
       </c>
       <c r="D14" s="7">
         <v>0.0</v>
       </c>
       <c r="E14" s="7">
         <v>0.0</v>
       </c>
       <c r="F14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="7">
+        <v>4.69</v>
+      </c>
+      <c r="C15" s="7">
         <v>5.13</v>
       </c>
-      <c r="C15" s="7">
+      <c r="D15" s="7">
         <v>4.71</v>
       </c>
-      <c r="D15" s="7">
+      <c r="E15" s="7">
         <v>3.98</v>
       </c>
-      <c r="E15" s="7">
+      <c r="F15" s="7">
         <v>3.23</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.88</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="8"/>
       <c r="C16" s="8"/>
       <c r="D16" s="8"/>
       <c r="E16" s="8"/>
       <c r="F16" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F29"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F29" sqref="F29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="6" t="s">
         <v>61</v>
       </c>
       <c r="B6" s="9">
+        <v>1535761.0</v>
+      </c>
+      <c r="C6" s="9">
         <v>1534110.0</v>
       </c>
-      <c r="C6" s="9">
+      <c r="D6" s="9">
         <v>1228737.0</v>
       </c>
-      <c r="D6" s="9">
+      <c r="E6" s="9">
         <v>899101.0</v>
       </c>
-      <c r="E6" s="9">
+      <c r="F6" s="9">
         <v>652984.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>355766.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>62</v>
       </c>
       <c r="B7" s="9">
+        <v>473758.0</v>
+      </c>
+      <c r="C7" s="9">
         <v>476120.0</v>
       </c>
-      <c r="C7" s="9">
+      <c r="D7" s="9">
         <v>391769.0</v>
       </c>
-      <c r="D7" s="9">
+      <c r="E7" s="9">
         <v>282430.0</v>
       </c>
-      <c r="E7" s="9">
+      <c r="F7" s="9">
         <v>159779.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-61985.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>63</v>
       </c>
       <c r="B8" s="9">
         <v>0.0</v>
       </c>
       <c r="C8" s="9">
         <v>0.0</v>
       </c>
       <c r="D8" s="9">
         <v>0.0</v>
       </c>
       <c r="E8" s="9">
         <v>0.0</v>
       </c>
       <c r="F8" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="15" t="s">
         <v>64</v>
       </c>
       <c r="B9" s="14">
+        <v>2009519.0</v>
+      </c>
+      <c r="C9" s="14">
         <v>2010230.0</v>
       </c>
-      <c r="C9" s="14">
+      <c r="D9" s="14">
         <v>1620506.0</v>
       </c>
-      <c r="D9" s="14">
+      <c r="E9" s="14">
         <v>1181531.0</v>
       </c>
-      <c r="E9" s="14">
+      <c r="F9" s="14">
         <v>812763.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>293781.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="B10" s="9">
+        <v>544367.0</v>
+      </c>
+      <c r="C10" s="9">
         <v>486598.0</v>
       </c>
-      <c r="C10" s="9">
+      <c r="D10" s="9">
         <v>436313.0</v>
       </c>
-      <c r="D10" s="9">
+      <c r="E10" s="9">
         <v>397112.0</v>
       </c>
-      <c r="E10" s="9">
+      <c r="F10" s="9">
         <v>364314.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>333878.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="10" t="s">
         <v>70</v>
       </c>
       <c r="B11" s="14">
+        <v>2553886.0</v>
+      </c>
+      <c r="C11" s="14">
         <v>2496828.0</v>
       </c>
-      <c r="C11" s="14">
+      <c r="D11" s="14">
         <v>2056819.0</v>
       </c>
-      <c r="D11" s="14">
+      <c r="E11" s="14">
         <v>1578643.0</v>
       </c>
-      <c r="E11" s="14">
+      <c r="F11" s="14">
         <v>1177077.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>627659.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="6" t="s">
         <v>71</v>
       </c>
       <c r="B13" s="9">
         <v>0.0</v>
       </c>
       <c r="C13" s="9">
         <v>0.0</v>
       </c>
       <c r="D13" s="9">
         <v>0.0</v>
       </c>
       <c r="E13" s="9">
         <v>0.0</v>
       </c>
       <c r="F13" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="6" t="s">
         <v>72</v>
       </c>
       <c r="B14" s="9">
+        <v>544367.0</v>
+      </c>
+      <c r="C14" s="9">
         <v>486598.0</v>
       </c>
-      <c r="C14" s="9">
+      <c r="D14" s="9">
         <v>436313.0</v>
       </c>
-      <c r="D14" s="9">
+      <c r="E14" s="9">
         <v>397112.0</v>
       </c>
-      <c r="E14" s="9">
+      <c r="F14" s="9">
         <v>364314.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>333878.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="10" t="s">
         <v>73</v>
       </c>
       <c r="B15" s="14">
+        <v>544367.0</v>
+      </c>
+      <c r="C15" s="14">
         <v>486598.0</v>
       </c>
-      <c r="C15" s="14">
+      <c r="D15" s="14">
         <v>436313.0</v>
       </c>
-      <c r="D15" s="14">
+      <c r="E15" s="14">
         <v>397112.0</v>
       </c>
-      <c r="E15" s="14">
+      <c r="F15" s="14">
         <v>364314.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>333878.0</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="34.8">
       <c r="A16" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="11">
+        <v>4.69</v>
+      </c>
+      <c r="C17" s="11">
         <v>5.13</v>
       </c>
-      <c r="C17" s="11">
+      <c r="D17" s="11">
         <v>4.71</v>
       </c>
-      <c r="D17" s="11">
+      <c r="E17" s="11">
         <v>3.98</v>
       </c>
-      <c r="E17" s="11">
+      <c r="F17" s="11">
         <v>3.23</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.88</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="34.8">
       <c r="A18" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="12" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="7">
         <v>44.26</v>
       </c>
-      <c r="C20" s="7">
+      <c r="D20" s="7">
         <v>15.91</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>20.69</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>0.42</v>
-      </c>
-[...1 lines deleted...]
-        <v>-16.81</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C21" s="7">
         <v>5.96</v>
       </c>
-      <c r="C21" s="7">
+      <c r="D21" s="7">
         <v>6.09</v>
       </c>
-      <c r="D21" s="7">
+      <c r="E21" s="7">
         <v>8.12</v>
       </c>
-      <c r="E21" s="7">
+      <c r="F21" s="7">
         <v>3.82</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.03</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="7">
         <v>2.51</v>
       </c>
-      <c r="C22" s="7">
+      <c r="D22" s="7">
         <v>-3.94</v>
       </c>
-      <c r="D22" s="7">
+      <c r="E22" s="7">
         <v>-15.86</v>
       </c>
-      <c r="E22" s="7">
+      <c r="F22" s="7">
         <v>-6.02</v>
-      </c>
-[...1 lines deleted...]
-        <v>-5.36</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C23" s="7">
         <v>4.35</v>
       </c>
-      <c r="C23" s="7">
+      <c r="D23" s="7">
         <v>4.62</v>
       </c>
-      <c r="D23" s="7">
+      <c r="E23" s="7">
         <v>3.92</v>
       </c>
-      <c r="E23" s="7">
+      <c r="F23" s="7">
         <v>4.32</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.28</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B24" s="7">
+        <v>1.95</v>
+      </c>
+      <c r="C24" s="7">
         <v>3.17</v>
       </c>
-      <c r="C24" s="7">
+      <c r="D24" s="7">
         <v>3.51</v>
       </c>
-      <c r="D24" s="7">
+      <c r="E24" s="7">
         <v>3.08</v>
       </c>
-      <c r="E24" s="7">
+      <c r="F24" s="7">
         <v>3.61</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.58</v>
       </c>
     </row>
     <row r="25" spans="1:6" customHeight="1" ht="28.8">
       <c r="A25" s="12" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B26" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C26" s="7">
         <v>4.74</v>
       </c>
-      <c r="C26" s="7">
+      <c r="D26" s="7">
         <v>4.61</v>
       </c>
-      <c r="D26" s="7">
+      <c r="E26" s="7">
         <v>4.03</v>
       </c>
-      <c r="E26" s="7">
+      <c r="F26" s="7">
         <v>3.55</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6" customHeight="1" ht="28.8">
       <c r="A27" s="12" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C28" s="7">
         <v>5.95</v>
       </c>
-      <c r="C28" s="7">
+      <c r="D28" s="7">
         <v>4.95</v>
       </c>
-      <c r="D28" s="7">
+      <c r="E28" s="7">
         <v>3.65</v>
       </c>
-      <c r="E28" s="7">
+      <c r="F28" s="7">
         <v>5.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B29" s="8"/>
       <c r="C29" s="8"/>
       <c r="D29" s="8"/>
       <c r="E29" s="8"/>
       <c r="F29" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F21"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F21" sqref="F21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="9">
         <v>0.0</v>
       </c>
       <c r="C6" s="9">
         <v>0.0</v>
       </c>
       <c r="D6" s="9">
         <v>0.0</v>
       </c>
       <c r="E6" s="9">
         <v>0.0</v>
       </c>
       <c r="F6" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="9">
+        <v>2830607.0</v>
+      </c>
+      <c r="C7" s="9">
         <v>3655546.0</v>
       </c>
-      <c r="C7" s="9">
+      <c r="D7" s="9">
         <v>3062207.0</v>
       </c>
-      <c r="D7" s="9">
+      <c r="E7" s="9">
         <v>2368023.0</v>
       </c>
-      <c r="E7" s="9">
+      <c r="F7" s="9">
         <v>2297374.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2020135.0</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="11">
         <v>0.0</v>
       </c>
       <c r="C9" s="11">
         <v>0.0</v>
       </c>
       <c r="D9" s="11">
         <v>0.0</v>
       </c>
       <c r="E9" s="11">
         <v>0.0</v>
       </c>
       <c r="F9" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="7">
-        <v>0.24</v>
+        <v>0.0</v>
       </c>
       <c r="C12" s="7">
         <v>0.24</v>
       </c>
       <c r="D12" s="7">
+        <v>0.24</v>
+      </c>
+      <c r="E12" s="7">
         <v>0.36</v>
       </c>
-      <c r="E12" s="7">
+      <c r="F12" s="7">
         <v>0.42</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.63</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="7">
         <v>0.0</v>
       </c>
       <c r="C13" s="7">
         <v>0.0</v>
       </c>
       <c r="D13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E13" s="7">
         <v>4.51</v>
       </c>
-      <c r="E13" s="7">
+      <c r="F13" s="7">
         <v>1.77</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.46</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B14" s="7">
         <v>0.0</v>
       </c>
       <c r="C14" s="7">
         <v>0.0</v>
       </c>
       <c r="D14" s="7">
         <v>0.0</v>
       </c>
       <c r="E14" s="7">
         <v>0.0</v>
       </c>
       <c r="F14" s="7">
-        <v>0.08</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B15" s="7">
         <v>0.0</v>
       </c>
       <c r="C15" s="7">
         <v>0.0</v>
       </c>
       <c r="D15" s="7">
         <v>0.0</v>
       </c>
       <c r="E15" s="7">
         <v>0.0</v>
       </c>
       <c r="F15" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>25</v>
@@ -1681,349 +1681,349 @@
         <v>0.0</v>
       </c>
       <c r="C16" s="7">
         <v>0.0</v>
       </c>
       <c r="D16" s="7">
         <v>0.0</v>
       </c>
       <c r="E16" s="7">
         <v>0.0</v>
       </c>
       <c r="F16" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B18" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="7">
         <v>16.16</v>
       </c>
-      <c r="C18" s="7">
+      <c r="D18" s="7">
         <v>28.030000000000001</v>
       </c>
-      <c r="D18" s="7">
+      <c r="E18" s="7">
         <v>24.19</v>
       </c>
-      <c r="E18" s="7">
+      <c r="F18" s="7">
         <v>7.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="12" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B20" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="7">
         <v>1.1</v>
       </c>
-      <c r="C20" s="7">
+      <c r="D20" s="7">
         <v>1.34</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>1.51</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>1.5</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="8"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F25" sqref="F25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="9">
         <v>0.0</v>
       </c>
       <c r="C6" s="9">
         <v>0.0</v>
       </c>
       <c r="D6" s="9">
         <v>0.0</v>
       </c>
       <c r="E6" s="9">
         <v>0.0</v>
       </c>
       <c r="F6" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="B7" s="9">
+        <v>302380.0</v>
+      </c>
+      <c r="C7" s="9">
         <v>277836.0</v>
       </c>
-      <c r="C7" s="9">
+      <c r="D7" s="9">
         <v>248074.0</v>
       </c>
-      <c r="D7" s="9">
+      <c r="E7" s="9">
         <v>236248.0</v>
       </c>
-      <c r="E7" s="9">
+      <c r="F7" s="9">
         <v>218713.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>204756.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>32</v>
       </c>
       <c r="B8" s="9">
+        <v>4773434.0</v>
+      </c>
+      <c r="C8" s="9">
         <v>4262782.0</v>
       </c>
-      <c r="C8" s="9">
+      <c r="D8" s="9">
         <v>3803551.0</v>
       </c>
-      <c r="D8" s="9">
+      <c r="E8" s="9">
         <v>3495162.0</v>
       </c>
-      <c r="E8" s="9">
+      <c r="F8" s="9">
         <v>3301601.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2952296.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="10" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="14">
+        <v>5075814.0</v>
+      </c>
+      <c r="C9" s="14">
         <v>4540618.0</v>
       </c>
-      <c r="C9" s="14">
+      <c r="D9" s="14">
         <v>4051625.0</v>
       </c>
-      <c r="D9" s="14">
+      <c r="E9" s="14">
         <v>3731410.0</v>
       </c>
-      <c r="E9" s="14">
+      <c r="F9" s="14">
         <v>3520314.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>3157052.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="9">
+        <v>2830607.0</v>
+      </c>
+      <c r="C11" s="9">
         <v>3655546.0</v>
       </c>
-      <c r="C11" s="9">
+      <c r="D11" s="9">
         <v>3062207.0</v>
       </c>
-      <c r="D11" s="9">
+      <c r="E11" s="9">
         <v>2368023.0</v>
       </c>
-      <c r="E11" s="9">
+      <c r="F11" s="9">
         <v>2297374.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2020135.0</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="10" t="s">
         <v>4</v>
       </c>
       <c r="B13" s="11">
+        <v>1.79</v>
+      </c>
+      <c r="C13" s="11">
         <v>1.24</v>
       </c>
-      <c r="C13" s="11">
+      <c r="D13" s="11">
         <v>1.32</v>
       </c>
-      <c r="D13" s="11">
+      <c r="E13" s="11">
         <v>1.58</v>
       </c>
-      <c r="E13" s="11">
+      <c r="F13" s="11">
         <v>1.53</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.56</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="34.8">
       <c r="A14" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="28.8">
       <c r="A15" s="12" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="7">
         <v>0.27</v>
       </c>
-      <c r="C16" s="7">
+      <c r="D16" s="7">
         <v>0.28</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>0.42</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>0.51</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.8</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="7">
         <v>0.0</v>
       </c>
       <c r="C17" s="7">
         <v>0.0</v>
       </c>
       <c r="D17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E17" s="7">
         <v>4.75</v>
       </c>
-      <c r="E17" s="7">
+      <c r="F17" s="7">
         <v>1.85</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.56</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="7">
         <v>0.07</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.08</v>
       </c>
       <c r="D18" s="7">
         <v>0.08</v>
       </c>
       <c r="E18" s="7">
+        <v>0.08</v>
+      </c>
+      <c r="F18" s="7">
         <v>0.09</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.13</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="7">
         <v>0.0</v>
       </c>
       <c r="C19" s="7">
         <v>0.0</v>
       </c>
       <c r="D19" s="7">
         <v>0.0</v>
       </c>
       <c r="E19" s="7">
         <v>0.0</v>
       </c>
       <c r="F19" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="13" t="s">
         <v>25</v>
@@ -2032,1613 +2032,1613 @@
         <v>0.0</v>
       </c>
       <c r="C20" s="7">
         <v>0.0</v>
       </c>
       <c r="D20" s="7">
         <v>0.0</v>
       </c>
       <c r="E20" s="7">
         <v>0.0</v>
       </c>
       <c r="F20" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="28.8">
       <c r="A21" s="12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="7">
         <v>22.23</v>
       </c>
-      <c r="C22" s="7">
+      <c r="D22" s="7">
         <v>38.47</v>
       </c>
-      <c r="D22" s="7">
+      <c r="E22" s="7">
         <v>33.45</v>
       </c>
-      <c r="E22" s="7">
+      <c r="F22" s="7">
         <v>11.35</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C24" s="7">
         <v>1.39</v>
       </c>
-      <c r="C24" s="7">
+      <c r="D24" s="7">
         <v>1.69</v>
       </c>
-      <c r="D24" s="7">
+      <c r="E24" s="7">
         <v>1.9</v>
       </c>
-      <c r="E24" s="7">
+      <c r="F24" s="7">
         <v>1.87</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B25" s="8"/>
       <c r="C25" s="8"/>
       <c r="D25" s="8"/>
       <c r="E25" s="8"/>
       <c r="F25" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F22"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F22" sqref="F22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="9">
         <v>0.0</v>
       </c>
       <c r="C6" s="9">
         <v>0.0</v>
       </c>
       <c r="D6" s="9">
         <v>0.0</v>
       </c>
       <c r="E6" s="9">
         <v>0.0</v>
       </c>
       <c r="F6" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="9">
+        <v>2830607.0</v>
+      </c>
+      <c r="C7" s="9">
         <v>3655546.0</v>
       </c>
-      <c r="C7" s="9">
+      <c r="D7" s="9">
         <v>3062207.0</v>
       </c>
-      <c r="D7" s="9">
+      <c r="E7" s="9">
         <v>2368023.0</v>
       </c>
-      <c r="E7" s="9">
+      <c r="F7" s="9">
         <v>2297374.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2020135.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="10" t="s">
         <v>38</v>
       </c>
       <c r="B8" s="14">
+        <v>2830607.0</v>
+      </c>
+      <c r="C8" s="14">
         <v>3655546.0</v>
       </c>
-      <c r="C8" s="14">
+      <c r="D8" s="14">
         <v>3062207.0</v>
       </c>
-      <c r="D8" s="14">
+      <c r="E8" s="14">
         <v>2368023.0</v>
       </c>
-      <c r="E8" s="14">
+      <c r="F8" s="14">
         <v>2297374.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2020135.0</v>
       </c>
     </row>
     <row r="9" spans="1:6" customHeight="1" ht="34.8">
       <c r="A9" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="11">
         <v>0.0</v>
       </c>
       <c r="C10" s="11">
         <v>0.0</v>
       </c>
       <c r="D10" s="11">
         <v>0.0</v>
       </c>
       <c r="E10" s="11">
         <v>0.0</v>
       </c>
       <c r="F10" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="34.8">
       <c r="A11" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="28.8">
       <c r="A12" s="12" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="7">
         <v>0.19</v>
       </c>
-      <c r="C13" s="7">
+      <c r="D13" s="7">
         <v>0.2</v>
       </c>
-      <c r="D13" s="7">
+      <c r="E13" s="7">
         <v>0.26</v>
       </c>
-      <c r="E13" s="7">
+      <c r="F13" s="7">
         <v>0.29</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.39</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="7">
         <v>1.32</v>
       </c>
-      <c r="C14" s="7">
+      <c r="D14" s="7">
         <v>1.24</v>
       </c>
-      <c r="D14" s="7">
+      <c r="E14" s="7">
         <v>0.82</v>
       </c>
-      <c r="E14" s="7">
+      <c r="F14" s="7">
         <v>0.64</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.71</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B15" s="7">
         <v>0.0</v>
       </c>
       <c r="C15" s="7">
         <v>0.0</v>
       </c>
       <c r="D15" s="7">
         <v>0.0</v>
       </c>
       <c r="E15" s="7">
         <v>0.0</v>
       </c>
       <c r="F15" s="7">
-        <v>0.07</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="7">
         <v>1.1</v>
       </c>
-      <c r="C16" s="7">
+      <c r="D16" s="7">
         <v>1.13</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>1.19</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>1.15</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.26</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B17" s="7">
+        <v>2.0099999999999998</v>
+      </c>
+      <c r="C17" s="7">
         <v>1.92</v>
       </c>
-      <c r="C17" s="7">
+      <c r="D17" s="7">
         <v>2.08</v>
       </c>
-      <c r="D17" s="7">
+      <c r="E17" s="7">
         <v>2.41</v>
       </c>
-      <c r="E17" s="7">
+      <c r="F17" s="7">
         <v>1.57</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.96</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="28.8">
       <c r="A18" s="12" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="7">
         <v>0.94</v>
       </c>
-      <c r="C19" s="7">
+      <c r="D19" s="7">
         <v>0.97</v>
       </c>
-      <c r="D19" s="7">
+      <c r="E19" s="7">
         <v>0.96</v>
       </c>
-      <c r="E19" s="7">
+      <c r="F19" s="7">
         <v>0.89</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:6" customHeight="1" ht="28.8">
       <c r="A20" s="12" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C21" s="7">
         <v>0.52</v>
       </c>
-      <c r="C21" s="7">
+      <c r="D21" s="7">
         <v>0.57</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="E21" s="7">
         <v>0.6</v>
       </c>
       <c r="F21" s="7">
-        <v>0.0</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="8"/>
       <c r="C22" s="8"/>
       <c r="D22" s="8"/>
       <c r="E22" s="8"/>
       <c r="F22" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F25" sqref="F25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="9">
         <v>0.0</v>
       </c>
       <c r="C6" s="9">
         <v>0.0</v>
       </c>
       <c r="D6" s="9">
         <v>0.0</v>
       </c>
       <c r="E6" s="9">
         <v>0.0</v>
       </c>
       <c r="F6" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="B7" s="9">
+        <v>302380.0</v>
+      </c>
+      <c r="C7" s="9">
         <v>277836.0</v>
       </c>
-      <c r="C7" s="9">
+      <c r="D7" s="9">
         <v>248074.0</v>
       </c>
-      <c r="D7" s="9">
+      <c r="E7" s="9">
         <v>236248.0</v>
       </c>
-      <c r="E7" s="9">
+      <c r="F7" s="9">
         <v>218713.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>204756.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>32</v>
       </c>
       <c r="B8" s="9">
+        <v>4773434.0</v>
+      </c>
+      <c r="C8" s="9">
         <v>4262782.0</v>
       </c>
-      <c r="C8" s="9">
+      <c r="D8" s="9">
         <v>3803551.0</v>
       </c>
-      <c r="D8" s="9">
+      <c r="E8" s="9">
         <v>3495162.0</v>
       </c>
-      <c r="E8" s="9">
+      <c r="F8" s="9">
         <v>3301601.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2952296.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="15" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="14">
+        <v>5075814.0</v>
+      </c>
+      <c r="C9" s="14">
         <v>4540618.0</v>
       </c>
-      <c r="C9" s="14">
+      <c r="D9" s="14">
         <v>4051625.0</v>
       </c>
-      <c r="D9" s="14">
+      <c r="E9" s="14">
         <v>3731410.0</v>
       </c>
-      <c r="E9" s="14">
+      <c r="F9" s="14">
         <v>3520314.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>3157052.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="9">
+        <v>2830607.0</v>
+      </c>
+      <c r="C10" s="9">
         <v>3655546.0</v>
       </c>
-      <c r="C10" s="9">
+      <c r="D10" s="9">
         <v>3062207.0</v>
       </c>
-      <c r="D10" s="9">
+      <c r="E10" s="9">
         <v>2368023.0</v>
       </c>
-      <c r="E10" s="9">
+      <c r="F10" s="9">
         <v>2297374.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2020135.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="10" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="14">
+        <v>7906421.0</v>
+      </c>
+      <c r="C11" s="14">
         <v>8196164.0</v>
       </c>
-      <c r="C11" s="14">
+      <c r="D11" s="14">
         <v>7113832.0</v>
       </c>
-      <c r="D11" s="14">
+      <c r="E11" s="14">
         <v>6099433.0</v>
       </c>
-      <c r="E11" s="14">
+      <c r="F11" s="14">
         <v>5817688.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5177187.0</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="11">
+        <v>0.64</v>
+      </c>
+      <c r="C13" s="11">
         <v>0.55</v>
       </c>
-      <c r="C13" s="11">
+      <c r="D13" s="11">
         <v>0.57</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.61</v>
       </c>
       <c r="E13" s="11">
         <v>0.61</v>
       </c>
       <c r="F13" s="11">
         <v>0.61</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="34.8">
       <c r="A14" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="28.8">
       <c r="A15" s="12" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="7">
         <v>0.21</v>
       </c>
-      <c r="C16" s="7">
+      <c r="D16" s="7">
         <v>0.22</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>0.3</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>0.34</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.44</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="7">
         <v>1.3</v>
       </c>
-      <c r="C17" s="7">
+      <c r="D17" s="7">
         <v>1.22</v>
       </c>
-      <c r="D17" s="7">
+      <c r="E17" s="7">
         <v>0.83</v>
       </c>
-      <c r="E17" s="7">
+      <c r="F17" s="7">
         <v>0.65</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.72</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="7">
         <v>0.06</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.07</v>
       </c>
       <c r="D18" s="7">
         <v>0.07</v>
       </c>
       <c r="E18" s="7">
+        <v>0.07</v>
+      </c>
+      <c r="F18" s="7">
         <v>0.08</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.12</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="7">
         <v>1.08</v>
       </c>
-      <c r="C19" s="7">
+      <c r="D19" s="7">
         <v>1.1</v>
       </c>
-      <c r="D19" s="7">
+      <c r="E19" s="7">
         <v>1.14</v>
       </c>
-      <c r="E19" s="7">
+      <c r="F19" s="7">
         <v>1.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.18</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="7">
+        <v>1.44</v>
+      </c>
+      <c r="C20" s="7">
         <v>1.41</v>
       </c>
-      <c r="C20" s="7">
+      <c r="D20" s="7">
         <v>1.48</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>1.58</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>1.29</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.46</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="28.8">
       <c r="A21" s="12" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="7">
         <v>0.96</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.97</v>
       </c>
       <c r="D22" s="7">
         <v>0.97</v>
       </c>
       <c r="E22" s="7">
+        <v>0.97</v>
+      </c>
+      <c r="F22" s="7">
         <v>0.92</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C24" s="7">
         <v>0.58</v>
       </c>
-      <c r="C24" s="7">
+      <c r="D24" s="7">
         <v>0.63</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.65</v>
       </c>
       <c r="E24" s="7">
         <v>0.65</v>
       </c>
       <c r="F24" s="7">
-        <v>0.0</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B25" s="8"/>
       <c r="C25" s="8"/>
       <c r="D25" s="8"/>
       <c r="E25" s="8"/>
       <c r="F25" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F21"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F21" sqref="F21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="9">
         <v>0.0</v>
       </c>
       <c r="C6" s="9">
         <v>0.0</v>
       </c>
       <c r="D6" s="9">
         <v>0.0</v>
       </c>
       <c r="E6" s="9">
         <v>0.0</v>
       </c>
       <c r="F6" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="B7" s="9">
+        <v>8994531.0</v>
+      </c>
+      <c r="C7" s="9">
         <v>9204374.0</v>
       </c>
-      <c r="C7" s="9">
+      <c r="D7" s="9">
         <v>8044362.0</v>
       </c>
-      <c r="D7" s="9">
+      <c r="E7" s="9">
         <v>6927504.0</v>
       </c>
-      <c r="E7" s="9">
+      <c r="F7" s="9">
         <v>6652958.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5982896.0</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="11">
         <v>0.0</v>
       </c>
       <c r="C9" s="11">
         <v>0.0</v>
       </c>
       <c r="D9" s="11">
         <v>0.0</v>
       </c>
       <c r="E9" s="11">
         <v>0.0</v>
       </c>
       <c r="F9" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="7">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="C12" s="7">
         <v>0.1</v>
       </c>
       <c r="D12" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="E12" s="7">
         <v>0.12</v>
       </c>
-      <c r="E12" s="7">
+      <c r="F12" s="7">
         <v>0.14</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.17</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="7">
         <v>0.6</v>
       </c>
-      <c r="C13" s="7">
+      <c r="D13" s="7">
         <v>0.59</v>
       </c>
-      <c r="D13" s="7">
+      <c r="E13" s="7">
         <v>0.49</v>
       </c>
-      <c r="E13" s="7">
+      <c r="F13" s="7">
         <v>0.46</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.55</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B14" s="7">
         <v>0.0</v>
       </c>
       <c r="C14" s="7">
         <v>0.0</v>
       </c>
       <c r="D14" s="7">
         <v>0.0</v>
       </c>
       <c r="E14" s="7">
         <v>0.0</v>
       </c>
       <c r="F14" s="7">
-        <v>0.06</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B15" s="7">
-        <v>0.73</v>
+        <v>0.0</v>
       </c>
       <c r="C15" s="7">
         <v>0.73</v>
       </c>
       <c r="D15" s="7">
+        <v>0.73</v>
+      </c>
+      <c r="E15" s="7">
         <v>0.74</v>
       </c>
-      <c r="E15" s="7">
+      <c r="F15" s="7">
         <v>0.66</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.71</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B16" s="7">
         <v>0.5</v>
       </c>
       <c r="C16" s="7">
+        <v>0.5</v>
+      </c>
+      <c r="D16" s="7">
         <v>0.52</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>0.53</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>0.47</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.54</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="12" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B18" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="7">
         <v>0.47</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.49</v>
       </c>
       <c r="D18" s="7">
         <v>0.49</v>
       </c>
       <c r="E18" s="7">
+        <v>0.49</v>
+      </c>
+      <c r="F18" s="7">
         <v>0.46</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="12" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B20" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="7">
         <v>0.32</v>
       </c>
-      <c r="C20" s="7">
+      <c r="D20" s="7">
         <v>0.34</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>0.35</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>0.36</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="8"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F25" sqref="F25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="9">
         <v>0.0</v>
       </c>
       <c r="C6" s="9">
         <v>0.0</v>
       </c>
       <c r="D6" s="9">
         <v>0.0</v>
       </c>
       <c r="E6" s="9">
         <v>0.0</v>
       </c>
       <c r="F6" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="B7" s="9">
+        <v>302380.0</v>
+      </c>
+      <c r="C7" s="9">
         <v>277836.0</v>
       </c>
-      <c r="C7" s="9">
+      <c r="D7" s="9">
         <v>248074.0</v>
       </c>
-      <c r="D7" s="9">
+      <c r="E7" s="9">
         <v>236248.0</v>
       </c>
-      <c r="E7" s="9">
+      <c r="F7" s="9">
         <v>218713.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>204756.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>32</v>
       </c>
       <c r="B8" s="9">
+        <v>4773434.0</v>
+      </c>
+      <c r="C8" s="9">
         <v>4262782.0</v>
       </c>
-      <c r="C8" s="9">
+      <c r="D8" s="9">
         <v>3803551.0</v>
       </c>
-      <c r="D8" s="9">
+      <c r="E8" s="9">
         <v>3495162.0</v>
       </c>
-      <c r="E8" s="9">
+      <c r="F8" s="9">
         <v>3301601.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2952296.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="10" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="14">
+        <v>5075814.0</v>
+      </c>
+      <c r="C9" s="14">
         <v>4540618.0</v>
       </c>
-      <c r="C9" s="14">
+      <c r="D9" s="14">
         <v>4051625.0</v>
       </c>
-      <c r="D9" s="14">
+      <c r="E9" s="14">
         <v>3731410.0</v>
       </c>
-      <c r="E9" s="14">
+      <c r="F9" s="14">
         <v>3520314.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>3157052.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="B11" s="9">
+        <v>8994531.0</v>
+      </c>
+      <c r="C11" s="9">
         <v>9204374.0</v>
       </c>
-      <c r="C11" s="9">
+      <c r="D11" s="9">
         <v>8044362.0</v>
       </c>
-      <c r="D11" s="9">
+      <c r="E11" s="9">
         <v>6927504.0</v>
       </c>
-      <c r="E11" s="9">
+      <c r="F11" s="9">
         <v>6652958.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5982896.0</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="11">
+        <v>0.56</v>
+      </c>
+      <c r="C13" s="11">
         <v>0.49</v>
       </c>
-      <c r="C13" s="11">
+      <c r="D13" s="11">
         <v>0.5</v>
       </c>
-      <c r="D13" s="11">
+      <c r="E13" s="11">
         <v>0.54</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.53</v>
       </c>
       <c r="F13" s="11">
         <v>0.53</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="34.8">
       <c r="A14" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="28.8">
       <c r="A15" s="12" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="7">
-        <v>0.11</v>
+        <v>0.0</v>
       </c>
       <c r="C16" s="7">
         <v>0.11</v>
       </c>
       <c r="D16" s="7">
+        <v>0.11</v>
+      </c>
+      <c r="E16" s="7">
         <v>0.15</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>0.18</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.22</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="7">
-        <v>0.62</v>
+        <v>0.0</v>
       </c>
       <c r="C17" s="7">
         <v>0.62</v>
       </c>
       <c r="D17" s="7">
+        <v>0.62</v>
+      </c>
+      <c r="E17" s="7">
         <v>0.52</v>
       </c>
-      <c r="E17" s="7">
+      <c r="F17" s="7">
         <v>0.48</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.57</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="7">
         <v>0.04</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.05</v>
       </c>
       <c r="D18" s="7">
         <v>0.05</v>
       </c>
       <c r="E18" s="7">
+        <v>0.05</v>
+      </c>
+      <c r="F18" s="7">
         <v>0.06</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.1</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="7">
         <v>0.94</v>
       </c>
-      <c r="C19" s="7">
+      <c r="D19" s="7">
         <v>0.95</v>
       </c>
-      <c r="D19" s="7">
+      <c r="E19" s="7">
         <v>0.97</v>
       </c>
-      <c r="E19" s="7">
+      <c r="F19" s="7">
         <v>0.92</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.98</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="7">
+        <v>0.83</v>
+      </c>
+      <c r="C20" s="7">
         <v>0.82</v>
       </c>
-      <c r="C20" s="7">
+      <c r="D20" s="7">
         <v>0.83</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>0.84</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>0.75</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.84</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="28.8">
       <c r="A21" s="12" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="7">
         <v>0.65</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.67</v>
       </c>
       <c r="D22" s="7">
         <v>0.67</v>
       </c>
       <c r="E22" s="7">
         <v>0.67</v>
       </c>
       <c r="F22" s="7">
-        <v>0.0</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C24" s="7">
         <v>0.41</v>
       </c>
-      <c r="C24" s="7">
+      <c r="D24" s="7">
         <v>0.43</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.44</v>
       </c>
       <c r="E24" s="7">
         <v>0.44</v>
       </c>
       <c r="F24" s="7">
-        <v>0.0</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B25" s="8"/>
       <c r="C25" s="8"/>
       <c r="D25" s="8"/>
       <c r="E25" s="8"/>
       <c r="F25" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F21"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F21" sqref="F21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="B6" s="9">
+        <v>8994531.0</v>
+      </c>
+      <c r="C6" s="9">
         <v>9204374.0</v>
       </c>
-      <c r="C6" s="9">
+      <c r="D6" s="9">
         <v>8044362.0</v>
       </c>
-      <c r="D6" s="9">
+      <c r="E6" s="9">
         <v>6927504.0</v>
       </c>
-      <c r="E6" s="9">
+      <c r="F6" s="9">
         <v>6652958.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5982896.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="9">
+        <v>2830607.0</v>
+      </c>
+      <c r="C7" s="9">
         <v>3655546.0</v>
       </c>
-      <c r="C7" s="9">
+      <c r="D7" s="9">
         <v>3062207.0</v>
       </c>
-      <c r="D7" s="9">
+      <c r="E7" s="9">
         <v>2368023.0</v>
       </c>
-      <c r="E7" s="9">
+      <c r="F7" s="9">
         <v>2297374.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2020135.0</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="11">
+        <v>3.18</v>
+      </c>
+      <c r="C9" s="11">
         <v>2.52</v>
       </c>
-      <c r="C9" s="11">
+      <c r="D9" s="11">
         <v>2.63</v>
       </c>
-      <c r="D9" s="11">
+      <c r="E9" s="11">
         <v>2.93</v>
       </c>
-      <c r="E9" s="11">
+      <c r="F9" s="11">
         <v>2.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.96</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C12" s="7">
         <v>2.49</v>
       </c>
-      <c r="C12" s="7">
+      <c r="D12" s="7">
         <v>2.53</v>
       </c>
-      <c r="D12" s="7">
+      <c r="E12" s="7">
         <v>2.88</v>
       </c>
-      <c r="E12" s="7">
+      <c r="F12" s="7">
         <v>2.87</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.62</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="7">
         <v>0.0</v>
       </c>
       <c r="C13" s="7">
         <v>0.0</v>
       </c>
       <c r="D13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E13" s="7">
         <v>9.12</v>
       </c>
-      <c r="E13" s="7">
+      <c r="F13" s="7">
         <v>3.83</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.47</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B14" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="7">
         <v>1.65</v>
       </c>
-      <c r="C14" s="7">
+      <c r="D14" s="7">
         <v>1.59</v>
       </c>
-      <c r="D14" s="7">
+      <c r="E14" s="7">
         <v>1.45</v>
       </c>
-      <c r="E14" s="7">
+      <c r="F14" s="7">
         <v>1.46</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.35</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B15" s="7">
         <v>0.0</v>
       </c>
       <c r="C15" s="7">
         <v>0.0</v>
       </c>
       <c r="D15" s="7">
         <v>0.0</v>
       </c>
       <c r="E15" s="7">
         <v>0.0</v>
       </c>
       <c r="F15" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>25</v>
@@ -3647,419 +3647,419 @@
         <v>0.0</v>
       </c>
       <c r="C16" s="7">
         <v>0.0</v>
       </c>
       <c r="D16" s="7">
         <v>0.0</v>
       </c>
       <c r="E16" s="7">
         <v>0.0</v>
       </c>
       <c r="F16" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="12" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B18" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="7">
         <v>34.15</v>
       </c>
-      <c r="C18" s="7">
+      <c r="D18" s="7">
         <v>57.76</v>
       </c>
-      <c r="D18" s="7">
+      <c r="E18" s="7">
         <v>49.57</v>
       </c>
-      <c r="E18" s="7">
+      <c r="F18" s="7">
         <v>17.02</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="12" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B20" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="7">
         <v>3.44</v>
       </c>
-      <c r="C20" s="7">
+      <c r="D20" s="7">
         <v>3.95</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>4.32</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>4.22</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="8"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F23"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F23" sqref="F23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="6" t="s">
         <v>61</v>
       </c>
       <c r="B6" s="9">
+        <v>1535761.0</v>
+      </c>
+      <c r="C6" s="9">
         <v>1534110.0</v>
       </c>
-      <c r="C6" s="9">
+      <c r="D6" s="9">
         <v>1228737.0</v>
       </c>
-      <c r="D6" s="9">
+      <c r="E6" s="9">
         <v>899101.0</v>
       </c>
-      <c r="E6" s="9">
+      <c r="F6" s="9">
         <v>652984.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>355766.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>62</v>
       </c>
       <c r="B7" s="9">
+        <v>473758.0</v>
+      </c>
+      <c r="C7" s="9">
         <v>476120.0</v>
       </c>
-      <c r="C7" s="9">
+      <c r="D7" s="9">
         <v>391769.0</v>
       </c>
-      <c r="D7" s="9">
+      <c r="E7" s="9">
         <v>282430.0</v>
       </c>
-      <c r="E7" s="9">
+      <c r="F7" s="9">
         <v>159779.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-61985.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>63</v>
       </c>
       <c r="B8" s="9">
         <v>0.0</v>
       </c>
       <c r="C8" s="9">
         <v>0.0</v>
       </c>
       <c r="D8" s="9">
         <v>0.0</v>
       </c>
       <c r="E8" s="9">
         <v>0.0</v>
       </c>
       <c r="F8" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="10" t="s">
         <v>64</v>
       </c>
       <c r="B9" s="14">
+        <v>2009519.0</v>
+      </c>
+      <c r="C9" s="14">
         <v>2010230.0</v>
       </c>
-      <c r="C9" s="14">
+      <c r="D9" s="14">
         <v>1620506.0</v>
       </c>
-      <c r="D9" s="14">
+      <c r="E9" s="14">
         <v>1181531.0</v>
       </c>
-      <c r="E9" s="14">
+      <c r="F9" s="14">
         <v>812763.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>293781.0</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="11">
         <v>0.0</v>
       </c>
       <c r="C11" s="11">
         <v>0.0</v>
       </c>
       <c r="D11" s="11">
         <v>0.0</v>
       </c>
       <c r="E11" s="11">
         <v>0.0</v>
       </c>
       <c r="F11" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="12" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="7">
         <v>139.78999999999999</v>
       </c>
-      <c r="C14" s="7">
+      <c r="D14" s="7">
         <v>26.33</v>
       </c>
-      <c r="D14" s="7">
+      <c r="E14" s="7">
         <v>83.88</v>
       </c>
-      <c r="E14" s="7">
+      <c r="F14" s="7">
         <v>0.31</v>
-      </c>
-[...1 lines deleted...]
-        <v>-26.27</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="7">
         <v>6.63</v>
       </c>
-      <c r="C15" s="7">
+      <c r="D15" s="7">
         <v>7.11</v>
       </c>
-      <c r="D15" s="7">
+      <c r="E15" s="7">
         <v>11.029999999999999</v>
       </c>
-      <c r="E15" s="7">
+      <c r="F15" s="7">
         <v>5.39</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.59</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="7">
         <v>0.0</v>
       </c>
       <c r="C16" s="7">
         <v>0.0</v>
       </c>
       <c r="D16" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E16" s="7">
         <v>-698.5</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>-32.07</v>
-      </c>
-[...1 lines deleted...]
-        <v>-13.31</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="7">
         <v>7.87</v>
       </c>
-      <c r="C17" s="7">
+      <c r="D17" s="7">
         <v>8.73</v>
       </c>
-      <c r="D17" s="7">
+      <c r="E17" s="7">
         <v>7.48</v>
       </c>
-      <c r="E17" s="7">
+      <c r="F17" s="7">
         <v>8.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>6.04</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B18" s="7">
+        <v>5.62</v>
+      </c>
+      <c r="C18" s="7">
         <v>9.84</v>
       </c>
-      <c r="C18" s="7">
+      <c r="D18" s="7">
         <v>10.82</v>
       </c>
-      <c r="D18" s="7">
+      <c r="E18" s="7">
         <v>9.76</v>
       </c>
-      <c r="E18" s="7">
+      <c r="F18" s="7">
         <v>12.4</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.66</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="12" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="7">
         <v>9.3</v>
       </c>
-      <c r="C20" s="7">
+      <c r="D20" s="7">
         <v>9.51</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>9.43</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>7.55</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="28.8">
       <c r="A21" s="12" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="7">
         <v>15.0</v>
       </c>
-      <c r="C22" s="7">
+      <c r="D22" s="7">
         <v>12.23</v>
       </c>
-      <c r="D22" s="7">
+      <c r="E22" s="7">
         <v>9.3</v>
       </c>
-      <c r="E22" s="7">
+      <c r="F22" s="7">
         <v>13.23</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>