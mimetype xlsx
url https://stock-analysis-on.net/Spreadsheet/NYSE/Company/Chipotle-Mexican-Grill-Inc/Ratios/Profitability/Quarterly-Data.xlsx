--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -96,51 +96,51 @@
   <si>
     <t>Profitability Ratio</t>
   </si>
   <si>
     <t>Benchmarks</t>
   </si>
   <si>
     <t>Gross Profit Margin, Competitors</t>
   </si>
   <si>
     <t>Airbnb Inc.</t>
   </si>
   <si>
     <t>DoorDash, Inc.</t>
   </si>
   <si>
     <t>McDonald’s Corp.</t>
   </si>
   <si>
     <t>Starbucks Corp.</t>
   </si>
   <si>
     <t>Operating Profit Margin</t>
   </si>
   <si>
-    <t>Income (loss) from operations</t>
+    <t>Income from operations</t>
   </si>
   <si>
     <t>Operating Profit Margin, Competitors</t>
   </si>
   <si>
     <t>Booking Holdings Inc.</t>
   </si>
   <si>
     <t>Net Profit Margin</t>
   </si>
   <si>
     <t>Net income</t>
   </si>
   <si>
     <t>Net Profit Margin, Competitors</t>
   </si>
   <si>
     <t>Return on Equity (ROE)</t>
   </si>
   <si>
     <t>Shareholders’ equity</t>
   </si>
   <si>
     <t>ROE</t>
   </si>
@@ -643,147 +643,138 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T15"/>
+  <dimension ref="A1:Q15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T15" sqref="T15"/>
+      <selection activeCell="Q15" sqref="Q15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="9" t="e">
@@ -791,61 +782,52 @@
       </c>
       <c r="J9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="9" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="9" t="e">
@@ -853,61 +835,52 @@
       </c>
       <c r="J10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="9" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20">
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="9" t="e">
@@ -915,66 +888,57 @@
       </c>
       <c r="J11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="9" t="e">
-[...9 lines deleted...]
-    <row r="12" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="12" spans="1:17" customHeight="1" ht="34.8">
       <c r="A12" s="7" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="13" spans="1:20">
+    <row r="13" spans="1:17">
       <c r="A13" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I13" s="9" t="e">
@@ -982,61 +946,52 @@
       </c>
       <c r="J13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q13" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R13" s="9" t="e">
-[...9 lines deleted...]
-    <row r="14" spans="1:20">
+    </row>
+    <row r="14" spans="1:17">
       <c r="A14" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I14" s="9" t="e">
@@ -1044,193 +999,172 @@
       </c>
       <c r="J14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q14" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R14" s="9" t="e">
-[...9 lines deleted...]
-    <row r="15" spans="1:20">
+    </row>
+    <row r="15" spans="1:17">
       <c r="A15" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="10"/>
       <c r="C15" s="10"/>
       <c r="D15" s="10"/>
       <c r="E15" s="10"/>
       <c r="F15" s="10"/>
       <c r="G15" s="10"/>
       <c r="H15" s="10"/>
       <c r="I15" s="10"/>
       <c r="J15" s="10"/>
       <c r="K15" s="10"/>
       <c r="L15" s="10"/>
       <c r="M15" s="10"/>
       <c r="N15" s="10"/>
       <c r="O15" s="10"/>
       <c r="P15" s="10"/>
       <c r="Q15" s="10"/>
-      <c r="R15" s="10"/>
-[...1 lines deleted...]
-      <c r="T15" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T19"/>
+  <dimension ref="A1:Q19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T19" sqref="T19"/>
+      <selection activeCell="Q19" sqref="Q19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="11" t="e">
@@ -1238,61 +1172,52 @@
       </c>
       <c r="J9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="11" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="11" t="e">
@@ -1300,66 +1225,57 @@
       </c>
       <c r="J10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="11" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="13" t="e">
@@ -1367,71 +1283,62 @@
       </c>
       <c r="J12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="13" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="13" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="7" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="9" t="e">
@@ -1439,61 +1346,52 @@
       </c>
       <c r="J15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="9" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="9" t="e">
@@ -1501,61 +1399,52 @@
       </c>
       <c r="J16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="9" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="9" t="e">
@@ -1563,61 +1452,52 @@
       </c>
       <c r="J17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="9" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="9" t="e">
@@ -1625,193 +1505,172 @@
       </c>
       <c r="J18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="9" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
       <c r="O19" s="10"/>
       <c r="P19" s="10"/>
       <c r="Q19" s="10"/>
-      <c r="R19" s="10"/>
-[...1 lines deleted...]
-      <c r="T19" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T20"/>
+  <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T20" sqref="T20"/>
+      <selection activeCell="Q20" sqref="Q20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="11" t="e">
@@ -1819,61 +1678,52 @@
       </c>
       <c r="J9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="11" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="11" t="e">
@@ -1881,66 +1731,57 @@
       </c>
       <c r="J10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="11" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="13" t="e">
@@ -1948,71 +1789,62 @@
       </c>
       <c r="J12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="13" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="13" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="7" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="9" t="e">
@@ -2020,61 +1852,52 @@
       </c>
       <c r="J15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="9" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="9" t="e">
@@ -2082,61 +1905,52 @@
       </c>
       <c r="J16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="9" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="9" t="e">
@@ -2144,61 +1958,52 @@
       </c>
       <c r="J17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="9" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="9" t="e">
@@ -2206,61 +2011,52 @@
       </c>
       <c r="J18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="9" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="9" t="e">
@@ -2268,193 +2064,172 @@
       </c>
       <c r="J19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R19" s="9" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
       <c r="O20" s="10"/>
       <c r="P20" s="10"/>
       <c r="Q20" s="10"/>
-      <c r="R20" s="10"/>
-[...1 lines deleted...]
-      <c r="T20" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T20"/>
+  <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T20" sqref="T20"/>
+      <selection activeCell="Q20" sqref="Q20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="11" t="e">
@@ -2462,61 +2237,52 @@
       </c>
       <c r="J9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="11" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="11" t="e">
@@ -2524,66 +2290,57 @@
       </c>
       <c r="J10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="11" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="13" t="e">
@@ -2591,71 +2348,62 @@
       </c>
       <c r="J12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="13" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="13" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="7" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="9" t="e">
@@ -2663,61 +2411,52 @@
       </c>
       <c r="J15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="9" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="9" t="e">
@@ -2725,61 +2464,52 @@
       </c>
       <c r="J16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="9" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="9" t="e">
@@ -2787,61 +2517,52 @@
       </c>
       <c r="J17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="9" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="9" t="e">
@@ -2849,61 +2570,52 @@
       </c>
       <c r="J18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="9" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="9" t="e">
@@ -2911,193 +2623,172 @@
       </c>
       <c r="J19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R19" s="9" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
       <c r="O20" s="10"/>
       <c r="P20" s="10"/>
       <c r="Q20" s="10"/>
-      <c r="R20" s="10"/>
-[...1 lines deleted...]
-      <c r="T20" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T20"/>
+  <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T20" sqref="T20"/>
+      <selection activeCell="Q20" sqref="Q20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="11" t="e">
@@ -3105,61 +2796,52 @@
       </c>
       <c r="J9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="11" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="11" t="e">
@@ -3167,66 +2849,57 @@
       </c>
       <c r="J10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="11" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="13" t="e">
@@ -3234,71 +2907,62 @@
       </c>
       <c r="J12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="13" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="13" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="7" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="9" t="e">
@@ -3306,61 +2970,52 @@
       </c>
       <c r="J15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="9" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="9" t="e">
@@ -3368,61 +3023,52 @@
       </c>
       <c r="J16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="9" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="9" t="e">
@@ -3430,61 +3076,52 @@
       </c>
       <c r="J17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="9" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="9" t="e">
@@ -3492,61 +3129,52 @@
       </c>
       <c r="J18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="9" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="9" t="e">
@@ -3554,193 +3182,172 @@
       </c>
       <c r="J19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R19" s="9" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
       <c r="O20" s="10"/>
       <c r="P20" s="10"/>
       <c r="Q20" s="10"/>
-      <c r="R20" s="10"/>
-[...1 lines deleted...]
-      <c r="T20" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T20"/>
+  <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T20" sqref="T20"/>
+      <selection activeCell="Q20" sqref="Q20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="11" t="e">
@@ -3748,61 +3355,52 @@
       </c>
       <c r="J9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="11" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="11" t="e">
@@ -3810,66 +3408,57 @@
       </c>
       <c r="J10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="11" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="7" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="13" t="e">
@@ -3877,71 +3466,62 @@
       </c>
       <c r="J12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="13" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="13" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="7" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="9" t="e">
@@ -3949,61 +3529,52 @@
       </c>
       <c r="J15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="9" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="9" t="e">
@@ -4011,61 +3582,52 @@
       </c>
       <c r="J16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="9" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="9" t="e">
@@ -4073,61 +3635,52 @@
       </c>
       <c r="J17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="9" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="9" t="e">
@@ -4135,61 +3688,52 @@
       </c>
       <c r="J18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="9" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="9" t="e">
@@ -4197,83 +3741,71 @@
       </c>
       <c r="J19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R19" s="9" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
       <c r="O20" s="10"/>
       <c r="P20" s="10"/>
       <c r="Q20" s="10"/>
-      <c r="R20" s="10"/>
-[...1 lines deleted...]
-      <c r="T20" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">