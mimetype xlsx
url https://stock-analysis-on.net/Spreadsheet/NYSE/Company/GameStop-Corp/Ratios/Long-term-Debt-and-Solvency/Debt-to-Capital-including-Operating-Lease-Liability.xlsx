--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -872,51 +872,51 @@
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="28.8">
       <c r="A18" s="13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="15">
         <v>0.34</v>
       </c>
       <c r="C19" s="15">
         <v>0.43</v>
       </c>
       <c r="D19" s="15">
         <v>0.51</v>
       </c>
       <c r="E19" s="15">
         <v>0.49</v>
       </c>
       <c r="F19" s="15">
-        <v>0.52</v>
+        <v>0.0</v>
       </c>
       <c r="G19" s="15">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="15">
         <v>0.98</v>
       </c>
       <c r="C20" s="15">
         <v>0.97</v>
       </c>
       <c r="D20" s="15">
         <v>1.04</v>
       </c>
       <c r="E20" s="15">
         <v>0.93</v>
       </c>
       <c r="F20" s="15">
         <v>1.09</v>
       </c>
       <c r="G20" s="15">