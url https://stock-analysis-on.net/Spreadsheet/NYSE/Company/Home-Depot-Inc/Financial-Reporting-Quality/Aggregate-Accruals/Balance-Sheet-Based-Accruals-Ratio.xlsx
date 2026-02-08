--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -896,63 +896,63 @@
       <c r="E20" s="11">
         <v>0.0991</v>
       </c>
       <c r="F20" s="11">
         <v>0.2177</v>
       </c>
       <c r="G20" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="34.8">
       <c r="A21" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="14">
-        <v>0.0</v>
+        <v>0.3722</v>
       </c>
       <c r="C23" s="14">
         <v>0.264</v>
       </c>
       <c r="D23" s="14">
         <v>0.1801</v>
       </c>
       <c r="E23" s="14">
         <v>0.3291</v>
       </c>
       <c r="F23" s="14">
-        <v>0.4906</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="14">
         <v>-0.0268</v>
       </c>
       <c r="C24" s="14">
         <v>0.0887</v>
       </c>
       <c r="D24" s="14">
         <v>-0.0292</v>
       </c>
       <c r="E24" s="14">
         <v>0.0266</v>
       </c>
       <c r="F24" s="14">
         <v>-0.1239</v>
       </c>
       <c r="G24" s="14">