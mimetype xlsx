--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1115,60 +1115,60 @@
       <c r="A17" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="10">
         <v>44.26</v>
       </c>
       <c r="C17" s="10">
         <v>47.35</v>
       </c>
       <c r="D17" s="10">
         <v>54.42</v>
       </c>
       <c r="E17" s="10">
         <v>49.37</v>
       </c>
       <c r="F17" s="10">
         <v>50.59</v>
       </c>
       <c r="G17" s="10">
         <v>55.45</v>
       </c>
       <c r="H17" s="10">
         <v>61.35</v>
       </c>
       <c r="I17" s="10">
-        <v>67.030000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="J17" s="10">
-        <v>69.94</v>
+        <v>0.0</v>
       </c>
       <c r="K17" s="10">
-        <v>87.73999999999999</v>
+        <v>0.0</v>
       </c>
       <c r="L17" s="10">
-        <v>102.77</v>
+        <v>0.0</v>
       </c>
       <c r="M17" s="10">
         <v>0.0</v>
       </c>
       <c r="N17" s="10">
         <v>0.0</v>
       </c>
       <c r="O17" s="10">
         <v>0.0</v>
       </c>
       <c r="P17" s="10">
         <v>0.0</v>
       </c>
       <c r="Q17" s="10">
         <v>0.0</v>
       </c>
       <c r="R17" s="10">
         <v>0.0</v>
       </c>
       <c r="S17" s="10">
         <v>0.0</v>
       </c>
       <c r="T17" s="10">
         <v>0.0</v>
       </c>