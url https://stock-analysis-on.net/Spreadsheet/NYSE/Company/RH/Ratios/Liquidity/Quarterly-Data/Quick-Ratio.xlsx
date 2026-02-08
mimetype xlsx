--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1098,60 +1098,60 @@
       <c r="C17" s="14">
         <v>0.53</v>
       </c>
       <c r="D17" s="14">
         <v>0.44</v>
       </c>
       <c r="E17" s="14">
         <v>0.43</v>
       </c>
       <c r="F17" s="14">
         <v>0.44</v>
       </c>
       <c r="G17" s="14">
         <v>0.45</v>
       </c>
       <c r="H17" s="14">
         <v>0.42</v>
       </c>
       <c r="I17" s="14">
         <v>0.43</v>
       </c>
       <c r="J17" s="14">
         <v>0.48</v>
       </c>
       <c r="K17" s="14">
-        <v>0.68</v>
+        <v>0.0</v>
       </c>
       <c r="L17" s="14">
-        <v>0.64</v>
+        <v>0.0</v>
       </c>
       <c r="M17" s="14">
-        <v>0.76</v>
+        <v>0.0</v>
       </c>
       <c r="N17" s="14">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
       <c r="O17" s="14">
         <v>0.0</v>
       </c>
       <c r="P17" s="14">
         <v>0.0</v>
       </c>
       <c r="Q17" s="14">
         <v>0.0</v>
       </c>
       <c r="R17" s="14">
         <v>0.0</v>
       </c>
       <c r="S17" s="14">
         <v>0.0</v>
       </c>
       <c r="T17" s="14">
         <v>0.0</v>
       </c>
       <c r="U17" s="14">
         <v>0.0</v>
       </c>
       <c r="V17" s="14">
         <v>0.0</v>
       </c>