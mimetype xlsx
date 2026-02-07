--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -759,51 +759,51 @@
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="34.8">
       <c r="A14" s="5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="28.8">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="13">
         <v>0.81</v>
       </c>
       <c r="C16" s="13">
         <v>0.69</v>
       </c>
       <c r="D16" s="13">
         <v>0.86</v>
       </c>
       <c r="E16" s="13">
-        <v>0.83</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="13">
         <v>0.0</v>
       </c>
       <c r="G16" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="13">
         <v>0.26</v>
       </c>
       <c r="C17" s="13">
         <v>0.2</v>
       </c>
       <c r="D17" s="13">
         <v>0.47</v>
       </c>
       <c r="E17" s="13">
         <v>0.23</v>
       </c>
       <c r="F17" s="13">