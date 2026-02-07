--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1301,60 +1301,60 @@
       </c>
       <c r="P14" s="7">
         <v>0.0</v>
       </c>
       <c r="Q14" s="7">
         <v>0.0</v>
       </c>
       <c r="R14" s="7">
         <v>0.0</v>
       </c>
       <c r="S14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="7">
         <v>1.26</v>
       </c>
       <c r="C15" s="7">
         <v>1.32</v>
       </c>
       <c r="D15" s="7">
-        <v>1.58</v>
+        <v>0.0</v>
       </c>
       <c r="E15" s="7">
-        <v>1.78</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="7">
-        <v>1.73</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="7">
-        <v>1.75</v>
+        <v>0.0</v>
       </c>
       <c r="H15" s="7">
         <v>0.0</v>
       </c>
       <c r="I15" s="7">
         <v>0.0</v>
       </c>
       <c r="J15" s="7">
         <v>0.0</v>
       </c>
       <c r="K15" s="7">
         <v>0.0</v>
       </c>
       <c r="L15" s="7">
         <v>0.0</v>
       </c>
       <c r="M15" s="7">
         <v>0.0</v>
       </c>
       <c r="N15" s="7">
         <v>0.0</v>
       </c>
       <c r="O15" s="7">
         <v>0.0</v>
       </c>
@@ -2088,60 +2088,60 @@
       </c>
       <c r="P17" s="7">
         <v>0.0</v>
       </c>
       <c r="Q17" s="7">
         <v>0.0</v>
       </c>
       <c r="R17" s="7">
         <v>0.0</v>
       </c>
       <c r="S17" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="7">
         <v>1.02</v>
       </c>
       <c r="C18" s="7">
         <v>1.13</v>
       </c>
       <c r="D18" s="7">
-        <v>1.35</v>
+        <v>0.0</v>
       </c>
       <c r="E18" s="7">
-        <v>1.29</v>
+        <v>0.0</v>
       </c>
       <c r="F18" s="7">
-        <v>1.28</v>
+        <v>0.0</v>
       </c>
       <c r="G18" s="7">
-        <v>1.35</v>
+        <v>0.0</v>
       </c>
       <c r="H18" s="7">
         <v>0.0</v>
       </c>
       <c r="I18" s="7">
         <v>0.0</v>
       </c>
       <c r="J18" s="7">
         <v>0.0</v>
       </c>
       <c r="K18" s="7">
         <v>0.0</v>
       </c>
       <c r="L18" s="7">
         <v>0.0</v>
       </c>
       <c r="M18" s="7">
         <v>0.0</v>
       </c>
       <c r="N18" s="7">
         <v>0.0</v>
       </c>
       <c r="O18" s="7">
         <v>0.0</v>
       </c>
@@ -2816,60 +2816,60 @@
       </c>
       <c r="P16" s="7">
         <v>0.0</v>
       </c>
       <c r="Q16" s="7">
         <v>0.0</v>
       </c>
       <c r="R16" s="7">
         <v>0.0</v>
       </c>
       <c r="S16" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="7">
         <v>0.92</v>
       </c>
       <c r="C17" s="7">
         <v>1.03</v>
       </c>
       <c r="D17" s="7">
-        <v>1.23</v>
+        <v>0.0</v>
       </c>
       <c r="E17" s="7">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
       <c r="F17" s="7">
-        <v>1.19</v>
+        <v>0.0</v>
       </c>
       <c r="G17" s="7">
-        <v>1.27</v>
+        <v>0.0</v>
       </c>
       <c r="H17" s="7">
         <v>0.0</v>
       </c>
       <c r="I17" s="7">
         <v>0.0</v>
       </c>
       <c r="J17" s="7">
         <v>0.0</v>
       </c>
       <c r="K17" s="7">
         <v>0.0</v>
       </c>
       <c r="L17" s="7">
         <v>0.0</v>
       </c>
       <c r="M17" s="7">
         <v>0.0</v>
       </c>
       <c r="N17" s="7">
         <v>0.0</v>
       </c>
       <c r="O17" s="7">
         <v>0.0</v>
       </c>