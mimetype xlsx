--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -937,51 +937,51 @@
       </c>
       <c r="B13" s="6">
         <v>13.33</v>
       </c>
       <c r="C13" s="6">
         <v>8.99</v>
       </c>
       <c r="D13" s="6">
         <v>0.0</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="6">
         <v>4.27</v>
       </c>
       <c r="C14" s="6">
-        <v>3.78</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="6">
         <v>0.0</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="6">
         <v>12.16</v>
       </c>
       <c r="C15" s="6">
         <v>13.74</v>
       </c>
       <c r="D15" s="6">
         <v>0.0</v>
       </c>
       <c r="E15" s="6">
@@ -1288,51 +1288,51 @@
       </c>
       <c r="B16" s="6">
         <v>8.31</v>
       </c>
       <c r="C16" s="6">
         <v>5.29</v>
       </c>
       <c r="D16" s="6">
         <v>0.0</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="6">
         <v>1.54</v>
       </c>
       <c r="C17" s="6">
-        <v>1.38</v>
+        <v>0.0</v>
       </c>
       <c r="D17" s="6">
         <v>0.0</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="6">
         <v>6.62</v>
       </c>
       <c r="C18" s="6">
         <v>6.99</v>
       </c>
       <c r="D18" s="6">
         <v>0.0</v>
       </c>
       <c r="E18" s="6">
@@ -1599,51 +1599,51 @@
       </c>
       <c r="B13" s="6">
         <v>0.46</v>
       </c>
       <c r="C13" s="6">
         <v>0.31</v>
       </c>
       <c r="D13" s="6">
         <v>0.0</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="6">
         <v>1.13</v>
       </c>
       <c r="C14" s="6">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="6">
         <v>0.0</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="6">
         <v>0.72</v>
       </c>
       <c r="C15" s="6">
         <v>0.45</v>
       </c>
       <c r="D15" s="6">
         <v>0.0</v>
       </c>
       <c r="E15" s="6">
@@ -1910,51 +1910,51 @@
       </c>
       <c r="B13" s="6">
         <v>1.77</v>
       </c>
       <c r="C13" s="6">
         <v>1.39</v>
       </c>
       <c r="D13" s="6">
         <v>0.0</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="6">
         <v>3.29</v>
       </c>
       <c r="C14" s="6">
-        <v>2.96</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="6">
         <v>0.0</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="6">
         <v>1.05</v>
       </c>
       <c r="C15" s="6">
         <v>0.61</v>
       </c>
       <c r="D15" s="6">
         <v>0.0</v>
       </c>
       <c r="E15" s="6">