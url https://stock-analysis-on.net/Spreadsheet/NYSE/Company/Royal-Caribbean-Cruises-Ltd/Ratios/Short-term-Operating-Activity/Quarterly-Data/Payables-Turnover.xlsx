--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -887,60 +887,60 @@
       </c>
       <c r="P13" s="13">
         <v>0.0</v>
       </c>
       <c r="Q13" s="13">
         <v>0.0</v>
       </c>
       <c r="R13" s="13">
         <v>0.0</v>
       </c>
       <c r="S13" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="13">
         <v>39.82</v>
       </c>
       <c r="C14" s="13">
         <v>36.049999999999997</v>
       </c>
       <c r="D14" s="13">
-        <v>35.79</v>
+        <v>0.0</v>
       </c>
       <c r="E14" s="13">
-        <v>32.44</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="13">
-        <v>38.26</v>
+        <v>0.0</v>
       </c>
       <c r="G14" s="13">
-        <v>34.83</v>
+        <v>0.0</v>
       </c>
       <c r="H14" s="13">
         <v>0.0</v>
       </c>
       <c r="I14" s="13">
         <v>0.0</v>
       </c>
       <c r="J14" s="13">
         <v>0.0</v>
       </c>
       <c r="K14" s="13">
         <v>0.0</v>
       </c>
       <c r="L14" s="13">
         <v>0.0</v>
       </c>
       <c r="M14" s="13">
         <v>0.0</v>
       </c>
       <c r="N14" s="13">
         <v>0.0</v>
       </c>
       <c r="O14" s="13">
         <v>0.0</v>
       </c>