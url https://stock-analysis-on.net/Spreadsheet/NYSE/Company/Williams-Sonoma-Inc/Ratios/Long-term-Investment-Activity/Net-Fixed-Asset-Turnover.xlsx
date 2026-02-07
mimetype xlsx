--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -681,51 +681,51 @@
         <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="10" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="12">
         <v>2.52</v>
       </c>
       <c r="C12" s="12">
         <v>2.82</v>
       </c>
       <c r="D12" s="12">
         <v>2.75</v>
       </c>
       <c r="E12" s="12">
         <v>2.93</v>
       </c>
       <c r="F12" s="12">
-        <v>3.41</v>
+        <v>0.0</v>
       </c>
       <c r="G12" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="12">
         <v>5.84</v>
       </c>
       <c r="C13" s="12">
         <v>6.14</v>
       </c>
       <c r="D13" s="12">
         <v>6.0</v>
       </c>
       <c r="E13" s="12">
         <v>5.35</v>
       </c>
       <c r="F13" s="12">
         <v>4.84</v>
       </c>
       <c r="G13" s="12">