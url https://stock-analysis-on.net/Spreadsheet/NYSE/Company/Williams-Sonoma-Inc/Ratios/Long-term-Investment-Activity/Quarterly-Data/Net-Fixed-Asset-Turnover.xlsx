--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -894,60 +894,60 @@
       <c r="G13" s="13">
         <v>2.82</v>
       </c>
       <c r="H13" s="13">
         <v>2.82</v>
       </c>
       <c r="I13" s="13">
         <v>2.78</v>
       </c>
       <c r="J13" s="13">
         <v>2.75</v>
       </c>
       <c r="K13" s="13">
         <v>2.75</v>
       </c>
       <c r="L13" s="13">
         <v>2.83</v>
       </c>
       <c r="M13" s="13">
         <v>2.8</v>
       </c>
       <c r="N13" s="13">
         <v>2.84</v>
       </c>
       <c r="O13" s="13">
-        <v>2.93</v>
+        <v>0.0</v>
       </c>
       <c r="P13" s="13">
-        <v>3.11</v>
+        <v>0.0</v>
       </c>
       <c r="Q13" s="13">
-        <v>3.32</v>
+        <v>0.0</v>
       </c>
       <c r="R13" s="13">
-        <v>3.45</v>
+        <v>0.0</v>
       </c>
       <c r="S13" s="13">
         <v>0.0</v>
       </c>
       <c r="T13" s="13">
         <v>0.0</v>
       </c>
       <c r="U13" s="13">
         <v>0.0</v>
       </c>
       <c r="V13" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:22">
       <c r="A14" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="13">
         <v>5.84</v>
       </c>
       <c r="C14" s="13">
         <v>5.84</v>
       </c>
       <c r="D14" s="13">